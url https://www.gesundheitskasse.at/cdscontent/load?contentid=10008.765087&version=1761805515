--- v0 (2025-12-07)
+++ v1 (2026-03-03)
@@ -1,59 +1,60 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R2a38b1f99f844b3a" /></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="I:\FB\WBW\Lagerverwaltung\Lag 3 Ordinationsbedarf\Ablauf Ordinationsbedarf\Bestellscheine aktuell\ÖGK_ab_01.03.2023\Bestellscheine Zahnärzte\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{8DB90A0F-59F6-45BF-B320-13BC2CE5F135}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E443D232-5868-4BD1-95DC-6C321CC7A045}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-25035" yWindow="1815" windowWidth="21600" windowHeight="11295" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="3510" yWindow="3510" windowWidth="21600" windowHeight="11175" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Zahnarzt" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="288" uniqueCount="137">
   <si>
     <t xml:space="preserve">Urlaub von   </t>
   </si>
   <si>
     <t>bis</t>
   </si>
   <si>
     <t>Materialbezeichnung</t>
   </si>
   <si>
     <t>Artikel-Nr</t>
   </si>
   <si>
     <t>Ausgabe Einheit</t>
   </si>
@@ -360,53 +361,50 @@
     </r>
   </si>
   <si>
     <t>Einwegartikel + Verbandstoffe + Drucksorten</t>
   </si>
   <si>
     <t>PATIENTENERKLÄRUNG</t>
   </si>
   <si>
     <t>ARBEITSUNFÄHIGKEITSBESTÄTIGUNG  (DIN A4)</t>
   </si>
   <si>
     <t>ÜBERWEISUNGS-, AMBULANZSCHEIN, SPITALSEINWEISUNG</t>
   </si>
   <si>
     <t>ÄRZTLICHE FAHRT UND TRANSPORTANORDNUNG</t>
   </si>
   <si>
     <t>DYRACT EXTRA  0,25 G  A2</t>
   </si>
   <si>
     <t>DYRACT EXTRA  0,25 G  A4</t>
   </si>
   <si>
     <t>ÜBERWEISUNGSSCHEIN F. PHYSIKALISCHE BEHANDLUNG</t>
-  </si>
-[...1 lines deleted...]
-    <t>40</t>
   </si>
   <si>
     <t>FLÄCHENWISCHDESINFEKTION</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>KOMETBIOSEAL-BCS1</t>
   </si>
   <si>
     <t>100038546</t>
   </si>
   <si>
     <t>KANÜLE 23G | 0,6 x 32 | BLAU</t>
   </si>
   <si>
     <t>KANÜLE 26G | 0,45 x 23 | BRAUN</t>
   </si>
   <si>
     <t>KANÜLE 23G | 0,6 x 38 | BLAU | NASTV</t>
   </si>
   <si>
     <t>KANÜLE 25G | 0,5 x 25 | ROT | NASTV</t>
   </si>
@@ -452,51 +450,54 @@
   <si>
     <t>NITRILHANDSCHUH - UNGEPUDERT GR. S</t>
   </si>
   <si>
     <t>NITRILHANDSCHUH - UNGEPUDERT GR. M</t>
   </si>
   <si>
     <t>NITRILHANDSCHUH - UNGEPUDERT GR. L</t>
   </si>
   <si>
     <t>NITRILHANDSCHUH - UNGEPUDERT GR. XL</t>
   </si>
   <si>
     <t>LATEXHANDSCHUH - UNGEPUDERT GR. XS</t>
   </si>
   <si>
     <t>LATEXHANDSCHUH - UNGEPUDERT Gr. S</t>
   </si>
   <si>
     <t>LATEXHANDSCHUH - UNGEPUDERT Gr. M</t>
   </si>
   <si>
     <t>LATEXHANDSCHUH - UNGEPUDERT Gr. L</t>
   </si>
   <si>
-    <t>Stand: September 2025</t>
+    <t>80</t>
+  </si>
+  <si>
+    <t>Stand: Dezember 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd/mm/yyyy;@"/>
   </numFmts>
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
@@ -1023,97 +1024,97 @@
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="20" xfId="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="21" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="25" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="24" xfId="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="19" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="18" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="16" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="16" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="15" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="15" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="12" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="4" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="17" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center"/>
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="15" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="4" borderId="16" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="2" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="2" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="2" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="19" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="16" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="15" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
     <cellStyle name="Standard 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Standard 3" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
@@ -1574,105 +1575,105 @@
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:E119"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="49.375" style="18" customWidth="1"/>
     <col min="2" max="2" width="10.5" style="24" customWidth="1"/>
     <col min="3" max="3" width="8.375" style="23" customWidth="1"/>
     <col min="4" max="4" width="8.125" style="23" customWidth="1"/>
     <col min="5" max="5" width="11.25" style="23" customWidth="1"/>
     <col min="6" max="16384" width="11" style="18"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="2"/>
       <c r="B1" s="27" t="s">
         <v>95</v>
       </c>
-      <c r="C1" s="55"/>
-[...1 lines deleted...]
-      <c r="E1" s="55"/>
+      <c r="C1" s="52"/>
+      <c r="D1" s="52"/>
+      <c r="E1" s="52"/>
     </row>
     <row r="2" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="2"/>
       <c r="B2" s="27" t="s">
         <v>96</v>
       </c>
-      <c r="C2" s="56"/>
-[...1 lines deleted...]
-      <c r="E2" s="56"/>
+      <c r="C2" s="53"/>
+      <c r="D2" s="53"/>
+      <c r="E2" s="53"/>
     </row>
     <row r="3" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="2"/>
       <c r="B3" s="27" t="s">
         <v>97</v>
       </c>
-      <c r="C3" s="56"/>
-[...1 lines deleted...]
-      <c r="E3" s="56"/>
+      <c r="C3" s="53"/>
+      <c r="D3" s="53"/>
+      <c r="E3" s="53"/>
     </row>
     <row r="4" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="2"/>
       <c r="B4" s="27" t="s">
         <v>98</v>
       </c>
-      <c r="C4" s="57"/>
-[...1 lines deleted...]
-      <c r="E4" s="57"/>
+      <c r="C4" s="54"/>
+      <c r="D4" s="54"/>
+      <c r="E4" s="54"/>
     </row>
     <row r="5" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="2"/>
       <c r="B5" s="25"/>
-      <c r="C5" s="57"/>
-[...1 lines deleted...]
-      <c r="E5" s="57"/>
+      <c r="C5" s="54"/>
+      <c r="D5" s="54"/>
+      <c r="E5" s="54"/>
     </row>
     <row r="6" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="1" t="s">
         <v>26</v>
       </c>
       <c r="B6" s="25"/>
-      <c r="C6" s="58"/>
-[...1 lines deleted...]
-      <c r="E6" s="58"/>
+      <c r="C6" s="55"/>
+      <c r="D6" s="55"/>
+      <c r="E6" s="55"/>
     </row>
     <row r="7" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="1" t="s">
         <v>102</v>
       </c>
       <c r="B7" s="25"/>
-      <c r="C7" s="57"/>
-[...1 lines deleted...]
-      <c r="E7" s="57"/>
+      <c r="C7" s="54"/>
+      <c r="D7" s="54"/>
+      <c r="E7" s="54"/>
     </row>
     <row r="8" spans="1:5" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="2"/>
       <c r="B8" s="25" t="s">
         <v>0</v>
       </c>
       <c r="C8" s="16"/>
       <c r="D8" s="8" t="s">
         <v>1</v>
       </c>
       <c r="E8" s="16"/>
     </row>
     <row r="9" spans="1:5" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="19" t="s">
         <v>31</v>
       </c>
       <c r="B9" s="3"/>
       <c r="C9" s="6"/>
       <c r="D9" s="6"/>
       <c r="E9" s="6"/>
     </row>
     <row r="10" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="4" t="s">
         <v>2</v>
       </c>
@@ -1717,201 +1718,201 @@
       <c r="A13" s="17" t="s">
         <v>44</v>
       </c>
       <c r="B13" s="24">
         <v>100020273</v>
       </c>
       <c r="C13" s="14" t="s">
         <v>33</v>
       </c>
       <c r="D13" s="14" t="s">
         <v>34</v>
       </c>
       <c r="E13" s="15"/>
     </row>
     <row r="14" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="49" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="50"/>
       <c r="C14" s="50"/>
       <c r="D14" s="50"/>
       <c r="E14" s="51"/>
     </row>
     <row r="15" spans="1:5" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="28" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="B15" s="24">
         <v>100020288</v>
       </c>
       <c r="C15" s="14" t="s">
         <v>33</v>
       </c>
       <c r="D15" s="14" t="s">
         <v>34</v>
       </c>
       <c r="E15" s="15"/>
     </row>
     <row r="16" spans="1:5" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="28" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="B16" s="26">
         <v>100020310</v>
       </c>
       <c r="C16" s="14" t="s">
         <v>33</v>
       </c>
       <c r="D16" s="14" t="s">
         <v>34</v>
       </c>
       <c r="E16" s="15"/>
     </row>
     <row r="17" spans="1:5" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="28" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="B17" s="24">
         <v>100020326</v>
       </c>
       <c r="C17" s="14" t="s">
         <v>33</v>
       </c>
       <c r="D17" s="14" t="s">
         <v>34</v>
       </c>
       <c r="E17" s="15"/>
     </row>
     <row r="18" spans="1:5" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="28" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="B18" s="26">
         <v>100020328</v>
       </c>
       <c r="C18" s="14" t="s">
         <v>33</v>
       </c>
       <c r="D18" s="14" t="s">
         <v>34</v>
       </c>
       <c r="E18" s="15"/>
     </row>
     <row r="19" spans="1:5" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="12" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B19" s="24">
         <v>100017781</v>
       </c>
       <c r="C19" s="14" t="s">
         <v>33</v>
       </c>
       <c r="D19" s="14" t="s">
         <v>34</v>
       </c>
       <c r="E19" s="15"/>
     </row>
     <row r="20" spans="1:5" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="12" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="B20" s="26">
         <v>100017784</v>
       </c>
       <c r="C20" s="14" t="s">
         <v>33</v>
       </c>
       <c r="D20" s="14" t="s">
         <v>34</v>
       </c>
       <c r="E20" s="15"/>
     </row>
     <row r="21" spans="1:5" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="12" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="B21" s="24">
         <v>100017345</v>
       </c>
       <c r="C21" s="14" t="s">
         <v>33</v>
       </c>
       <c r="D21" s="14" t="s">
         <v>34</v>
       </c>
       <c r="E21" s="15"/>
     </row>
     <row r="22" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="49" t="s">
         <v>9</v>
       </c>
       <c r="B22" s="50"/>
       <c r="C22" s="50"/>
       <c r="D22" s="50"/>
       <c r="E22" s="51"/>
     </row>
     <row r="23" spans="1:5" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="12" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="B23" s="24">
         <v>100019582</v>
       </c>
       <c r="C23" s="14">
         <v>1</v>
       </c>
       <c r="D23" s="14" t="s">
         <v>34</v>
       </c>
       <c r="E23" s="15"/>
     </row>
     <row r="24" spans="1:5" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="20" t="s">
         <v>10</v>
       </c>
       <c r="B24" s="26">
         <v>100019584</v>
       </c>
       <c r="C24" s="14">
         <v>1</v>
       </c>
       <c r="D24" s="14" t="s">
         <v>34</v>
       </c>
       <c r="E24" s="15"/>
     </row>
     <row r="25" spans="1:5" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="17" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="B25" s="24">
         <v>100019585</v>
       </c>
       <c r="C25" s="14" t="s">
-        <v>110</v>
+        <v>135</v>
       </c>
       <c r="D25" s="14" t="s">
         <v>34</v>
       </c>
       <c r="E25" s="15"/>
     </row>
     <row r="26" spans="1:5" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="12" t="s">
         <v>12</v>
       </c>
       <c r="B26" s="26">
         <v>100019587</v>
       </c>
       <c r="C26" s="14">
         <v>1</v>
       </c>
       <c r="D26" s="14" t="s">
         <v>34</v>
       </c>
       <c r="E26" s="15"/>
     </row>
     <row r="27" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="49" t="s">
         <v>11</v>
       </c>
@@ -1990,249 +1991,249 @@
       <c r="C32" s="14">
         <v>1</v>
       </c>
       <c r="D32" s="14" t="s">
         <v>34</v>
       </c>
       <c r="E32" s="15"/>
     </row>
     <row r="33" spans="1:5" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="12" t="s">
         <v>17</v>
       </c>
       <c r="B33" s="26">
         <v>100017350</v>
       </c>
       <c r="C33" s="14">
         <v>1</v>
       </c>
       <c r="D33" s="14" t="s">
         <v>34</v>
       </c>
       <c r="E33" s="15"/>
     </row>
     <row r="34" spans="1:5" ht="57" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="44" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B34" s="24">
         <v>100019696</v>
       </c>
       <c r="C34" s="14">
         <v>1</v>
       </c>
       <c r="D34" s="14" t="s">
         <v>34</v>
       </c>
       <c r="E34" s="15"/>
     </row>
     <row r="35" spans="1:5" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="12" t="s">
         <v>27</v>
       </c>
       <c r="B35" s="26">
         <v>100019693</v>
       </c>
       <c r="C35" s="14" t="s">
         <v>35</v>
       </c>
       <c r="D35" s="21" t="s">
         <v>34</v>
       </c>
       <c r="E35" s="22"/>
     </row>
     <row r="36" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A36" s="52" t="s">
+      <c r="A36" s="46" t="s">
         <v>18</v>
       </c>
-      <c r="B36" s="53"/>
-[...2 lines deleted...]
-      <c r="E36" s="54"/>
+      <c r="B36" s="47"/>
+      <c r="C36" s="47"/>
+      <c r="D36" s="47"/>
+      <c r="E36" s="48"/>
     </row>
     <row r="37" spans="1:5" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="28" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="B37" s="29">
         <v>100045341</v>
       </c>
       <c r="C37" s="29">
         <v>100</v>
       </c>
       <c r="D37" s="29" t="s">
         <v>34</v>
       </c>
       <c r="E37" s="30"/>
     </row>
     <row r="38" spans="1:5" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="28" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="B38" s="29">
         <v>100019565</v>
       </c>
       <c r="C38" s="29">
         <v>100</v>
       </c>
       <c r="D38" s="29" t="s">
         <v>34</v>
       </c>
       <c r="E38" s="30"/>
     </row>
     <row r="39" spans="1:5" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="28" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="B39" s="29">
         <v>100019566</v>
       </c>
       <c r="C39" s="29">
         <v>100</v>
       </c>
       <c r="D39" s="29" t="s">
         <v>34</v>
       </c>
       <c r="E39" s="30"/>
     </row>
     <row r="40" spans="1:5" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A40" s="28" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="B40" s="29">
         <v>100019567</v>
       </c>
       <c r="C40" s="29">
         <v>100</v>
       </c>
       <c r="D40" s="29" t="s">
         <v>34</v>
       </c>
       <c r="E40" s="30"/>
     </row>
     <row r="41" spans="1:5" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A41" s="28" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="B41" s="29">
         <v>100019569</v>
       </c>
       <c r="C41" s="29">
         <v>100</v>
       </c>
       <c r="D41" s="29" t="s">
         <v>34</v>
       </c>
       <c r="E41" s="30"/>
     </row>
     <row r="42" spans="1:5" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A42" s="59" t="s">
-        <v>132</v>
+      <c r="A42" s="45" t="s">
+        <v>131</v>
       </c>
       <c r="B42" s="29">
         <v>100045340</v>
       </c>
       <c r="C42" s="29">
         <v>100</v>
       </c>
       <c r="D42" s="29" t="s">
         <v>34</v>
       </c>
       <c r="E42" s="30"/>
     </row>
     <row r="43" spans="1:5" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A43" s="59" t="s">
-        <v>133</v>
+      <c r="A43" s="45" t="s">
+        <v>132</v>
       </c>
       <c r="B43" s="29">
         <v>100019571</v>
       </c>
       <c r="C43" s="29">
         <v>100</v>
       </c>
       <c r="D43" s="29" t="s">
         <v>34</v>
       </c>
       <c r="E43" s="30"/>
     </row>
     <row r="44" spans="1:5" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A44" s="59" t="s">
-        <v>134</v>
+      <c r="A44" s="45" t="s">
+        <v>133</v>
       </c>
       <c r="B44" s="29">
         <v>100019572</v>
       </c>
       <c r="C44" s="29">
         <v>100</v>
       </c>
       <c r="D44" s="29" t="s">
         <v>34</v>
       </c>
       <c r="E44" s="30"/>
     </row>
     <row r="45" spans="1:5" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A45" s="59" t="s">
-        <v>135</v>
+      <c r="A45" s="45" t="s">
+        <v>134</v>
       </c>
       <c r="B45" s="29">
         <v>100019573</v>
       </c>
       <c r="C45" s="29">
         <v>100</v>
       </c>
       <c r="D45" s="29" t="s">
         <v>34</v>
       </c>
       <c r="E45" s="30"/>
     </row>
     <row r="46" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A46" s="49" t="s">
         <v>19</v>
       </c>
       <c r="B46" s="50"/>
       <c r="C46" s="50"/>
       <c r="D46" s="50"/>
       <c r="E46" s="51"/>
     </row>
     <row r="47" spans="1:5" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A47" s="28" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="B47" s="26">
         <v>100017937</v>
       </c>
       <c r="C47" s="14" t="s">
         <v>28</v>
       </c>
       <c r="D47" s="14" t="s">
         <v>34</v>
       </c>
       <c r="E47" s="15"/>
     </row>
     <row r="48" spans="1:5" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A48" s="28" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="B48" s="24">
         <v>100017938</v>
       </c>
       <c r="C48" s="14">
         <v>1</v>
       </c>
       <c r="D48" s="14" t="s">
         <v>34</v>
       </c>
       <c r="E48" s="15"/>
     </row>
     <row r="49" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="49" t="s">
         <v>20</v>
       </c>
       <c r="B49" s="50"/>
       <c r="C49" s="50"/>
       <c r="D49" s="50"/>
       <c r="E49" s="51"/>
     </row>
     <row r="50" spans="1:5" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A50" s="28" t="s">
         <v>46</v>
       </c>
@@ -3025,54 +3026,54 @@
       <c r="C103" s="14" t="s">
         <v>40</v>
       </c>
       <c r="D103" s="14" t="s">
         <v>34</v>
       </c>
       <c r="E103" s="15"/>
     </row>
     <row r="104" spans="1:5" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A104" s="12" t="s">
         <v>29</v>
       </c>
       <c r="B104" s="14">
         <v>100017010</v>
       </c>
       <c r="C104" s="14" t="s">
         <v>28</v>
       </c>
       <c r="D104" s="14" t="s">
         <v>34</v>
       </c>
       <c r="E104" s="15"/>
     </row>
     <row r="105" spans="1:5" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A105" s="12" t="s">
+        <v>112</v>
+      </c>
+      <c r="B105" s="14" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
       <c r="C105" s="14" t="s">
         <v>28</v>
       </c>
       <c r="D105" s="14" t="s">
         <v>34</v>
       </c>
       <c r="E105" s="15"/>
     </row>
     <row r="106" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A106" s="49" t="s">
         <v>24</v>
       </c>
       <c r="B106" s="50"/>
       <c r="C106" s="50"/>
       <c r="D106" s="50"/>
       <c r="E106" s="51"/>
     </row>
     <row r="107" spans="1:5" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A107" s="12" t="s">
         <v>92</v>
       </c>
       <c r="B107" s="14">
         <v>100017446</v>
       </c>
@@ -3094,71 +3095,71 @@
       <c r="C108" s="14" t="s">
         <v>37</v>
       </c>
       <c r="D108" s="14" t="s">
         <v>34</v>
       </c>
       <c r="E108" s="15"/>
     </row>
     <row r="109" spans="1:5" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A109" s="12" t="s">
         <v>25</v>
       </c>
       <c r="B109" s="13">
         <v>100017448</v>
       </c>
       <c r="C109" s="13">
         <v>1</v>
       </c>
       <c r="D109" s="13" t="s">
         <v>34</v>
       </c>
       <c r="E109" s="22"/>
     </row>
     <row r="110" spans="1:5" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A110" s="12" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="B110" s="14">
         <v>100038535</v>
       </c>
       <c r="C110" s="14" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="D110" s="14" t="s">
         <v>34</v>
       </c>
       <c r="E110" s="15"/>
     </row>
     <row r="111" spans="1:5" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A111" s="45" t="s">
+      <c r="A111" s="56" t="s">
         <v>100</v>
       </c>
-      <c r="B111" s="46"/>
-[...2 lines deleted...]
-      <c r="E111" s="48"/>
+      <c r="B111" s="57"/>
+      <c r="C111" s="57"/>
+      <c r="D111" s="58"/>
+      <c r="E111" s="59"/>
     </row>
     <row r="112" spans="1:5" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A112" s="36" t="s">
         <v>101</v>
       </c>
       <c r="B112" s="33">
         <v>100033678</v>
       </c>
       <c r="C112" s="34">
         <v>100</v>
       </c>
       <c r="D112" s="39" t="s">
         <v>34</v>
       </c>
       <c r="E112" s="38"/>
     </row>
     <row r="113" spans="1:5" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A113" s="32" t="s">
         <v>104</v>
       </c>
       <c r="B113" s="37">
         <v>100033650</v>
       </c>
       <c r="C113" s="37">
         <v>1000</v>
@@ -3217,95 +3218,95 @@
       <c r="A117" s="43" t="s">
         <v>103</v>
       </c>
       <c r="B117" s="41">
         <v>100033630</v>
       </c>
       <c r="C117" s="41">
         <v>50</v>
       </c>
       <c r="D117" s="40" t="s">
         <v>34</v>
       </c>
       <c r="E117" s="42"/>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A118" s="31"/>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A119" s="31" t="s">
         <v>136</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="1"/>
   <mergeCells count="18">
+    <mergeCell ref="A111:E111"/>
+    <mergeCell ref="A106:E106"/>
+    <mergeCell ref="A56:E56"/>
+    <mergeCell ref="A49:E49"/>
+    <mergeCell ref="A46:E46"/>
     <mergeCell ref="A36:E36"/>
     <mergeCell ref="A85:E85"/>
     <mergeCell ref="C1:E1"/>
     <mergeCell ref="C2:E2"/>
     <mergeCell ref="C3:E3"/>
     <mergeCell ref="C4:E4"/>
     <mergeCell ref="C5:E5"/>
     <mergeCell ref="A27:E27"/>
     <mergeCell ref="C7:E7"/>
     <mergeCell ref="C6:E6"/>
     <mergeCell ref="A22:E22"/>
     <mergeCell ref="A14:E14"/>
     <mergeCell ref="A11:E11"/>
-    <mergeCell ref="A111:E111"/>
-[...3 lines deleted...]
-    <mergeCell ref="A46:E46"/>
   </mergeCells>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.39370078740157483" bottom="0.39370078740157483" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Zahnarzt</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Mair Hubert</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties">
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="LINKTEK-CHUNK-1">
     <vt:lpwstr>010021{"F":2,"I":"430C-4A37-3AD6-6DF1"}</vt:lpwstr>
   </property>
 </Properties>
 </file>