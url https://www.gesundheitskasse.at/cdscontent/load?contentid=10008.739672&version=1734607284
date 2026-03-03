--- v0 (2025-11-06)
+++ v1 (2026-03-03)
@@ -1,128 +1,128 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F">
+    <w:p w14:paraId="0F6022B4" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F">
       <w:pPr>
         <w:spacing w:before="6"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="7"/>
           <w:szCs w:val="7"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009C339F" w:rsidRDefault="00644290">
+    <w:p w14:paraId="76200A29" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="00644290">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6902"/>
           <w:tab w:val="left" w:pos="8171"/>
         </w:tabs>
         <w:spacing w:line="200" w:lineRule="atLeast"/>
         <w:ind w:left="121"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="9"/>
           <w:sz w:val="20"/>
           <w:lang w:val="de-AT" w:eastAsia="de-AT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0">
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="32C7115D" wp14:editId="19F1E7F1">
                 <wp:extent cx="3231515" cy="711200"/>
                 <wp:effectExtent l="10160" t="6985" r="6350" b="5715"/>
                 <wp:docPr id="27" name="Text Box 26"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3231515" cy="711200"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="9004">
                           <a:solidFill>
                             <a:srgbClr val="231F20"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="009C339F" w:rsidRDefault="001D0A7C">
+                          <w:p w14:paraId="7F15DB94" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="001D0A7C">
                             <w:pPr>
                               <w:spacing w:before="127" w:line="229" w:lineRule="exact"/>
                               <w:ind w:left="40"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial"/>
                                 <w:b/>
                                 <w:color w:val="231F20"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t>P</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial"/>
                                 <w:b/>
                                 <w:color w:val="231F20"/>
                                 <w:spacing w:val="-17"/>
@@ -226,130 +226,128 @@
                                 <w:spacing w:val="40"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t>TION</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial"/>
                                 <w:b/>
                                 <w:color w:val="231F20"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t>E</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman"/>
                                 <w:b/>
                                 <w:color w:val="231F20"/>
                                 <w:spacing w:val="-10"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="009C339F" w:rsidRDefault="001D0A7C">
+                          <w:p w14:paraId="0495BCF9" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="001D0A7C">
                             <w:pPr>
                               <w:spacing w:line="367" w:lineRule="exact"/>
                               <w:ind w:left="79"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                               </w:rPr>
                             </w:pPr>
                             <w:proofErr w:type="spellStart"/>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial"/>
                                 <w:b/>
                                 <w:color w:val="231F20"/>
                                 <w:spacing w:val="79"/>
                                 <w:sz w:val="32"/>
                               </w:rPr>
                               <w:t>Anforderun</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial"/>
                                 <w:b/>
                                 <w:color w:val="231F20"/>
                                 <w:sz w:val="32"/>
                               </w:rPr>
                               <w:t>g</w:t>
                             </w:r>
                             <w:proofErr w:type="spellEnd"/>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman"/>
                                 <w:b/>
                                 <w:color w:val="231F20"/>
                                 <w:spacing w:val="-1"/>
                                 <w:sz w:val="32"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="009C339F" w:rsidRDefault="001D0A7C">
+                          <w:p w14:paraId="7F7F47D6" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="001D0A7C">
                             <w:pPr>
                               <w:tabs>
                                 <w:tab w:val="left" w:pos="917"/>
                               </w:tabs>
                               <w:spacing w:before="9"/>
                               <w:ind w:left="69"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:proofErr w:type="gramStart"/>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial"/>
                                 <w:b/>
                                 <w:color w:val="231F20"/>
                                 <w:spacing w:val="66"/>
                                 <w:w w:val="95"/>
                                 <w:sz w:val="28"/>
                               </w:rPr>
                               <w:t>vo</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial"/>
                                 <w:b/>
                                 <w:color w:val="231F20"/>
                                 <w:w w:val="95"/>
                                 <w:sz w:val="28"/>
                               </w:rPr>
                               <w:t>n</w:t>
                             </w:r>
-                            <w:proofErr w:type="gramEnd"/>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman"/>
                                 <w:b/>
                                 <w:color w:val="231F20"/>
                                 <w:w w:val="95"/>
                                 <w:sz w:val="28"/>
                               </w:rPr>
                               <w:tab/>
                             </w:r>
                             <w:proofErr w:type="spellStart"/>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial"/>
                                 <w:b/>
                                 <w:color w:val="231F20"/>
                                 <w:spacing w:val="69"/>
                                 <w:sz w:val="28"/>
                               </w:rPr>
                               <w:t>Heilmittel</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial"/>
                                 <w:b/>
@@ -361,144 +359,146 @@
                             <w:proofErr w:type="spellEnd"/>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman"/>
                                 <w:b/>
                                 <w:color w:val="231F20"/>
                                 <w:spacing w:val="-1"/>
                                 <w:sz w:val="28"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:shapetype w14:anchorId="32C7115D" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 26" o:spid="_x0000_s1026" type="#_x0000_t202" style="width:254.45pt;height:56pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD2TcdFfgIAAAEFAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0nvpSN02NOkUXJ8OA&#10;3YB2H6BIcixMljRJid0N+/dRcpym28swzA8ybVGHh+Shbu+GTqIDt05oVeHsIsWIK6qZULsKf3nc&#10;zBYYOU8UI1IrXuEn7vDd8vWr296UPNetloxbBCDKlb2pcOu9KZPE0ZZ3xF1owxVsNtp2xMOn3SXM&#10;kh7QO5nkaTpPem2ZsZpy5+BvPW7iZcRvGk79p6Zx3CNZYeDm42rjug1rsrwl5c4S0wp6pEH+gUVH&#10;hIKgJ6iaeIL2VvwB1QlqtdONv6C6S3TTCMpjDpBNlv6WzUNLDI+5QHGcOZXJ/T9Y+vHw2SLBKpxf&#10;Y6RIBz165INHb/SA8nmoT29cCW4PBhz9AP+hzzFXZ95r+tUhpVctUTt+b63uW04Y8MvCyeTs6Ijj&#10;Asi2/6AZxCF7ryPQ0NguFA/KgQAd+vR06k3gQuHnZX6ZXWVXGFHYu84yaH4MQcrptLHOv+W6Q8Go&#10;sIXeR3RyeO98YEPKySUEU3ojpIz9lwr1Fb5J02LMS0vBwmZwc3a3XUmLDgQUBBw2+RTXnbt1woOO&#10;pegqvEjDMyorVGOtWIziiZCjDUykCuCQHHA7WqNeftykN+vFelHMiny+nhVpXc/uN6tiNt9k11f1&#10;Zb1a1dnPwDMrylYwxlWgOmk3K/5OG8cpGlV3Uu+LlF5kvonPseJnbslLGrHKkNX0jtlFGYTOjxrw&#10;w3aAggRtbDV7AkFYPc4l3CNgtNp+x6iHmayw+7YnlmMk3ykQVRjgybCTsZ0MoigcrbDHaDRXfhz0&#10;vbFi1wLyKFul70F4jYiaeGZxlCvMWSR/vBPCIJ9/R6/nm2v5CwAA//8DAFBLAwQUAAYACAAAACEA&#10;aFtu6doAAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2IxGlIU4FCC5w&#10;ou2Boxtv44h4HcVum/brWbjAZaTVjGbeVuvJ9+KEY+wCaVguFAikJtiOWg277etdASImQ9b0gVDD&#10;BSOs69lNZUobzvSBp01qBZdQLI0Gl9JQShkbh97ERRiQ2DuE0ZvE59hKO5ozl/teZkrl0puOeMGZ&#10;AZ8dNl+bo9cQ1CFH5y8v1/Rpi2tm83d8etP6dj49PoBIOKW/MPzgMzrUzLQPR7JR9Br4kfSr7N2r&#10;YgViz6FlpkDWlfxPX38DAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA9k3HRX4CAAABBQAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAaFtu6doAAAAF&#10;AQAADwAAAAAAAAAAAAAAAADYBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAN8FAAAA&#10;AA==&#10;" filled="f" strokecolor="#231f20" strokeweight=".25011mm">
+              <v:shape id="Text Box 26" o:spid="_x0000_s1026" type="#_x0000_t202" style="width:254.45pt;height:56pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDpVhu7DAIAAPIDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu1DAQfUfiHyy/s0m2FEq02apsWYRU&#10;LlLhAxzHSSwcjxl7Nylf37Gz2VbwhsiDNY7HZ86cOd5cT4NhR4Veg614sco5U1ZCo21X8R/f96+u&#10;OPNB2EYYsKriD8rz6+3LF5vRlWoNPZhGISMQ68vRVbwPwZVZ5mWvBuFX4JSlwxZwEIG22GUNipHQ&#10;B5Ot8/xNNgI2DkEq7+nv7XzItwm/bZUMX9vWq8BMxYlbSCumtY5rtt2IskPhei1PNMQ/sBiEtlT0&#10;DHUrgmAH1H9BDVoieGjDSsKQQdtqqVIP1E2R/9HNfS+cSr2QON6dZfL/D1Z+Od67b8jC9B4mGmBq&#10;wrs7kD89s7Drhe3UDSKMvRINFS6iZNnofHm6GqX2pY8g9fgZGhqyOARIQFOLQ1SF+mSETgN4OIuu&#10;psAk/bxYXxSXxSVnks7eFgVNNZUQ5XLboQ8fFQwsBhVHGmpCF8c7HyIbUS4psZiFvTYmDdZYNlb8&#10;XZ6/nvsCo5t4GNM8dvXOIDsKsgZx2K+Xuv552qADGdTooeJXefxmy0Q1PtgmVQlCmzkmJsae5ImK&#10;zNqEqZ4oMcpUQ/NAQiHMRqSHQ0EP+JuzkUxYcf/rIFBxZj5ZEjs6dglwCeolEFbS1YoHzuZwF2Zn&#10;HxzqrifkeZwWbmggrU5aPbE48SRjJQlPjyA69/k+ZT091e0jAAAA//8DAFBLAwQUAAYACAAAACEA&#10;aFtu6doAAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2IxGlIU4FCC5w&#10;ou2Boxtv44h4HcVum/brWbjAZaTVjGbeVuvJ9+KEY+wCaVguFAikJtiOWg277etdASImQ9b0gVDD&#10;BSOs69lNZUobzvSBp01qBZdQLI0Gl9JQShkbh97ERRiQ2DuE0ZvE59hKO5ozl/teZkrl0puOeMGZ&#10;AZ8dNl+bo9cQ1CFH5y8v1/Rpi2tm83d8etP6dj49PoBIOKW/MPzgMzrUzLQPR7JR9Br4kfSr7N2r&#10;YgViz6FlpkDWlfxPX38DAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA6VYbuwwCAADyAwAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAaFtu6doAAAAF&#10;AQAADwAAAAAAAAAAAAAAAABmBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAG0FAAAA&#10;AA==&#10;" filled="f" strokecolor="#231f20" strokeweight=".25011mm">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
-                    <w:p w:rsidR="009C339F" w:rsidRDefault="001D0A7C">
+                    <w:p w14:paraId="7F15DB94" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="001D0A7C">
                       <w:pPr>
                         <w:spacing w:before="127" w:line="229" w:lineRule="exact"/>
                         <w:ind w:left="40"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial"/>
                           <w:b/>
                           <w:color w:val="231F20"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t>P</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial"/>
                           <w:b/>
                           <w:color w:val="231F20"/>
                           <w:spacing w:val="-17"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial"/>
                           <w:b/>
                           <w:color w:val="231F20"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t>R</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial"/>
                           <w:b/>
                           <w:color w:val="231F20"/>
                           <w:spacing w:val="-25"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
+                      <w:proofErr w:type="gramStart"/>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial"/>
                           <w:b/>
                           <w:color w:val="231F20"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve">O </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial"/>
                           <w:b/>
                           <w:color w:val="231F20"/>
                           <w:spacing w:val="14"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial"/>
                           <w:b/>
                           <w:color w:val="231F20"/>
                           <w:spacing w:val="40"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t>ORDI</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial"/>
                           <w:b/>
                           <w:color w:val="231F20"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t>N</w:t>
                       </w:r>
+                      <w:proofErr w:type="gramEnd"/>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial"/>
                           <w:b/>
                           <w:color w:val="231F20"/>
                           <w:spacing w:val="-17"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial"/>
                           <w:b/>
                           <w:color w:val="231F20"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t>A</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial"/>
                           <w:b/>
                           <w:color w:val="231F20"/>
                           <w:spacing w:val="-24"/>
@@ -514,193 +514,197 @@
                           <w:spacing w:val="40"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t>TION</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial"/>
                           <w:b/>
                           <w:color w:val="231F20"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t>E</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman"/>
                           <w:b/>
                           <w:color w:val="231F20"/>
                           <w:spacing w:val="-10"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="009C339F" w:rsidRDefault="001D0A7C">
+                    <w:p w14:paraId="0495BCF9" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="001D0A7C">
                       <w:pPr>
                         <w:spacing w:line="367" w:lineRule="exact"/>
                         <w:ind w:left="79"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                       </w:pPr>
+                      <w:proofErr w:type="spellStart"/>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial"/>
                           <w:b/>
                           <w:color w:val="231F20"/>
                           <w:spacing w:val="79"/>
                           <w:sz w:val="32"/>
                         </w:rPr>
                         <w:t>Anforderun</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial"/>
                           <w:b/>
                           <w:color w:val="231F20"/>
                           <w:sz w:val="32"/>
                         </w:rPr>
                         <w:t>g</w:t>
                       </w:r>
+                      <w:proofErr w:type="spellEnd"/>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman"/>
                           <w:b/>
                           <w:color w:val="231F20"/>
                           <w:spacing w:val="-1"/>
                           <w:sz w:val="32"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="009C339F" w:rsidRDefault="001D0A7C">
+                    <w:p w14:paraId="7F7F47D6" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="001D0A7C">
                       <w:pPr>
                         <w:tabs>
                           <w:tab w:val="left" w:pos="917"/>
                         </w:tabs>
                         <w:spacing w:before="9"/>
                         <w:ind w:left="69"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial"/>
                           <w:b/>
                           <w:color w:val="231F20"/>
                           <w:spacing w:val="66"/>
                           <w:w w:val="95"/>
                           <w:sz w:val="28"/>
                         </w:rPr>
                         <w:t>vo</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial"/>
                           <w:b/>
                           <w:color w:val="231F20"/>
                           <w:w w:val="95"/>
                           <w:sz w:val="28"/>
                         </w:rPr>
                         <w:t>n</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman"/>
                           <w:b/>
                           <w:color w:val="231F20"/>
                           <w:w w:val="95"/>
                           <w:sz w:val="28"/>
                         </w:rPr>
                         <w:tab/>
                       </w:r>
+                      <w:proofErr w:type="spellStart"/>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial"/>
                           <w:b/>
                           <w:color w:val="231F20"/>
                           <w:spacing w:val="69"/>
                           <w:sz w:val="28"/>
                         </w:rPr>
                         <w:t>Heilmittel</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial"/>
                           <w:b/>
                           <w:color w:val="231F20"/>
                           <w:sz w:val="28"/>
                         </w:rPr>
                         <w:t>n</w:t>
                       </w:r>
+                      <w:proofErr w:type="spellEnd"/>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman"/>
                           <w:b/>
                           <w:color w:val="231F20"/>
                           <w:spacing w:val="-1"/>
                           <w:sz w:val="28"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:anchorlock/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="001D0A7C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:position w:val="9"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:val="de-AT" w:eastAsia="de-AT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0">
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="705BC324" wp14:editId="0B5A3DEF">
                 <wp:extent cx="661035" cy="661035"/>
                 <wp:effectExtent l="1270" t="6985" r="4445" b="8255"/>
                 <wp:docPr id="19" name="Group 18"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr>
                         <a:grpSpLocks/>
                       </wpg:cNvGrpSpPr>
                       <wpg:grpSpPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="661035" cy="661035"/>
                           <a:chOff x="0" y="0"/>
                           <a:chExt cx="1041" cy="1041"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wpg:grpSp>
                         <wpg:cNvPr id="20" name="Group 19"/>
                         <wpg:cNvGrpSpPr>
                           <a:grpSpLocks/>
                         </wpg:cNvGrpSpPr>
@@ -1968,125 +1972,123 @@
                     <v:path arrowok="t" o:connecttype="custom" o:connectlocs="812,228;520,228;541,229;562,231;622,247;676,274;718,305;722,307;731,307;734,306;738,302;812,228" o:connectangles="0,0,0,0,0,0,0,0,0,0,0,0"/>
                   </v:shape>
                 </v:group>
                 <w10:anchorlock/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="001D0A7C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="001D0A7C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="16"/>
           <w:sz w:val="20"/>
           <w:lang w:val="de-AT" w:eastAsia="de-AT"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2006A50F" wp14:editId="39F702DF">
             <wp:extent cx="1885387" cy="442912"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="image1.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name="image1.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1885387" cy="442912"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F">
+    <w:p w14:paraId="4632BEA1" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F">
+    <w:p w14:paraId="23C80A85" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F">
       <w:pPr>
         <w:spacing w:before="9"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009C339F" w:rsidRDefault="001D0A7C">
+    <w:p w14:paraId="4C485699" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="001D0A7C">
       <w:pPr>
         <w:spacing w:before="79"/>
         <w:ind w:left="103"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>Bitte</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>die</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="16"/>
         </w:rPr>
@@ -2245,89 +2247,89 @@
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>anführen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F">
+    <w:p w14:paraId="0E2F13F6" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F">
       <w:pPr>
         <w:spacing w:before="8"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="103" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6215"/>
         <w:gridCol w:w="1684"/>
         <w:gridCol w:w="1718"/>
         <w:gridCol w:w="1695"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009C339F">
+      <w:tr w:rsidR="009C339F" w14:paraId="7FC5FDD6" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="339"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="001D0A7C">
+          <w:p w14:paraId="3F1D78D1" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="001D0A7C">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="21"/>
               <w:ind w:right="34"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Spezialität</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -2338,2223 +2340,2219 @@
               <w:t>/</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Stärke</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1684" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="001D0A7C">
+          <w:p w14:paraId="68B0C975" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="001D0A7C">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="21"/>
               <w:ind w:left="559"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Menge</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1718" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="001D0A7C">
+          <w:p w14:paraId="612D7E0B" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="001D0A7C">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="37"/>
               <w:ind w:left="128"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>bewilligte</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Menge</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="001D0A7C">
+          <w:p w14:paraId="29496575" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="001D0A7C">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="37"/>
               <w:ind w:left="414"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Taxierung</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C339F">
+      <w:tr w:rsidR="009C339F" w14:paraId="7467CB9A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="69A7EDC1" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1684" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="6A58FE6C" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1718" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="732551FE" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="79C77887" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C339F">
+      <w:tr w:rsidR="009C339F" w14:paraId="259D4972" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="4CFAB6D3" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1684" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="49449B70" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1718" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="680BE8E8" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="2BF30897" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C339F">
+      <w:tr w:rsidR="009C339F" w14:paraId="3CE90F54" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="1E1763EC" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1684" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="02610F7B" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1718" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="609BA4BE" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="4E0BFCAB" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C339F">
+      <w:tr w:rsidR="009C339F" w14:paraId="3E99CD0D" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="53FDCFDF" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1684" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="4B1C8D5B" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1718" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="2167B2C1" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="22414FA9" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C339F">
+      <w:tr w:rsidR="009C339F" w14:paraId="1101B482" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="2D5C5094" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1684" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="498C03F9" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1718" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="1B8148DE" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="49D52538" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C339F">
+      <w:tr w:rsidR="009C339F" w14:paraId="6DE03605" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="09768691" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1684" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="23152A04" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1718" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="7DF99DE9" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="6C2BF844" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C339F">
+      <w:tr w:rsidR="009C339F" w14:paraId="067D1EF0" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="4D855E9E" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1684" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="108BB688" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1718" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="5AE63ECB" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="4E03E536" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C339F">
+      <w:tr w:rsidR="009C339F" w14:paraId="1A427EB9" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="09189A42" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1684" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="0FE28AE1" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1718" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="00F6965C" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="0EF2F8E1" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C339F">
+      <w:tr w:rsidR="009C339F" w14:paraId="2D2747B7" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="040439EB" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1684" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="312E98C4" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1718" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="63A775B9" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="2A5C2C96" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C339F">
+      <w:tr w:rsidR="009C339F" w14:paraId="3295B175" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="56F70D6C" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1684" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="5ECACF2F" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1718" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="257B2DF2" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="019E57A9" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C339F">
+      <w:tr w:rsidR="009C339F" w14:paraId="46AB982F" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="33C59EC9" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1684" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="3F695CB9" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1718" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="48170348" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="35E5A9B0" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C339F">
+      <w:tr w:rsidR="009C339F" w14:paraId="61F31777" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="3FFA1559" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1684" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="7811BBBD" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1718" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="5B5C3BA4" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="7C68F7B0" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C339F">
+      <w:tr w:rsidR="009C339F" w14:paraId="5B8165A7" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="45D82C3D" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1684" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="1125EB3E" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1718" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="76BE5D25" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="00085A6B" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C339F">
+      <w:tr w:rsidR="009C339F" w14:paraId="44A12D28" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="0E25AD03" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1684" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="566AF812" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1718" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="60BBBC47" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="1D32E5A8" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C339F">
+      <w:tr w:rsidR="009C339F" w14:paraId="4FA3E69D" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="764E2A2D" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1684" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="2FB4E79A" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1718" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="4A25BE1C" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="24FB16BC" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C339F">
+      <w:tr w:rsidR="009C339F" w14:paraId="50A48FC5" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="5DD2F757" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1684" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="0167AA70" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1718" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="01023866" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="4D3A4CE3" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C339F">
+      <w:tr w:rsidR="009C339F" w14:paraId="55567D50" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="542C47FD" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1684" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="41D2A36E" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1718" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="48D489BA" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="1CB48B73" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C339F">
+      <w:tr w:rsidR="009C339F" w14:paraId="7D5D1F27" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="72124B4A" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1684" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="42DF3EEF" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1718" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="097E23C7" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="472F51AC" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C339F">
+      <w:tr w:rsidR="009C339F" w14:paraId="210CDC9F" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="78811C0B" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1684" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="0C1DBC06" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1718" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="6BC2E68D" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="2F13AE27" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C339F">
+      <w:tr w:rsidR="009C339F" w14:paraId="27547D27" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="05787A0F" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1684" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="79EF510F" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1718" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="6D05B4D1" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="0EF6A63F" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C339F">
+      <w:tr w:rsidR="009C339F" w14:paraId="4A882D85" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="6F5218D5" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1684" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="3B8F9126" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1718" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="0DC03CB1" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="22E51CA2" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C339F">
+      <w:tr w:rsidR="009C339F" w14:paraId="60FE37DD" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="654729C5" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1684" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="761A5E54" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1718" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="6CA1AEB4" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="11B828B4" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C339F">
+      <w:tr w:rsidR="009C339F" w14:paraId="746462C8" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="13B1F526" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1684" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="2D1680CE" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1718" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="53583C0C" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="7B0470B2" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C339F">
+      <w:tr w:rsidR="009C339F" w14:paraId="377F5AD2" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="4A2E9841" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1684" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="7893CA5B" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1718" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="58C6EF9B" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="62E2F289" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C339F">
+      <w:tr w:rsidR="009C339F" w14:paraId="22DA9270" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="2BCBF718" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1684" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="4AD30E2A" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1718" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="1DD32ED0" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="49B794F7" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C339F">
+      <w:tr w:rsidR="009C339F" w14:paraId="72FBB5CE" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="363089D6" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1684" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="7F24A497" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1718" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="3BCB2A7E" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="7C2A0481" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C339F">
+      <w:tr w:rsidR="009C339F" w14:paraId="149069BB" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="3D7AA43C" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1684" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="24FB6A24" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1718" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="5C23A079" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="5DD0210A" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C339F">
+      <w:tr w:rsidR="009C339F" w14:paraId="17D68247" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="0334F065" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1684" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="20F714C8" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1718" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="41E4F814" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="080DE352" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C339F">
+      <w:tr w:rsidR="009C339F" w14:paraId="193272EE" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="1B50AE32" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1684" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="013763D3" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1718" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="44FD36D8" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="412DE838" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C339F">
+      <w:tr w:rsidR="009C339F" w14:paraId="3FF58790" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="3F6FCBFC" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1684" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="3EF14CE0" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1718" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="4A1F0E68" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="24788E3D" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C339F">
+      <w:tr w:rsidR="009C339F" w14:paraId="1216968A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="495E6B24" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1684" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="46411706" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1718" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="4A1D1DF1" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="5A127B71" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C339F">
+      <w:tr w:rsidR="009C339F" w14:paraId="288D47D2" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="0799E29C" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1684" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="3597302C" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1718" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="041FD5FD" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="546101C2" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C339F">
+      <w:tr w:rsidR="009C339F" w14:paraId="681116F0" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="4F08FCAF" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1684" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="26D2A4A9" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1718" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="7A03AE20" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="7A3BED72" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C339F">
+      <w:tr w:rsidR="009C339F" w14:paraId="25DA19F1" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="72A9DE02" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1684" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="79B6F759" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1718" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="7B3BFEA6" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="47A5271B" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C339F">
+      <w:tr w:rsidR="009C339F" w14:paraId="14D3AF16" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="3B21F1F1" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1684" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="204B77A7" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1718" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="0A3A17FD" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="71B701F9" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C339F">
+      <w:tr w:rsidR="009C339F" w14:paraId="77927C6B" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="17F09BC3" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1684" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="0494473C" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1718" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="477D6F89" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="322CB117" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C339F">
+      <w:tr w:rsidR="009C339F" w14:paraId="77C4C49F" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="49BC167F" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1684" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="4FB7E944" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1718" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="5D7CBB74" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="1530449C" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C339F">
+      <w:tr w:rsidR="009C339F" w14:paraId="29E4EF87" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="338"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="52B8118E" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1684" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="7A864FEC" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1718" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="17" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="0DB4FAB0" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1695" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
+          <w:p w14:paraId="7301DF6B" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F">
+    <w:p w14:paraId="4EC5D7FF" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F">
       <w:pPr>
         <w:sectPr w:rsidR="009C339F">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11910" w:h="16840"/>
           <w:pgMar w:top="300" w:right="180" w:bottom="0" w:left="180" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F">
+    <w:p w14:paraId="16FC3631" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F">
       <w:pPr>
         <w:spacing w:before="11"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="6"/>
           <w:szCs w:val="6"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009C339F" w:rsidRDefault="00644290">
+    <w:p w14:paraId="64B7C67F" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="00644290">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7611"/>
         </w:tabs>
         <w:spacing w:line="200" w:lineRule="atLeast"/>
         <w:ind w:left="6342"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:val="de-AT" w:eastAsia="de-AT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0">
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5435F75B" wp14:editId="355F4FCD">
                 <wp:extent cx="661035" cy="661035"/>
                 <wp:effectExtent l="1270" t="3175" r="4445" b="2540"/>
                 <wp:docPr id="11" name="Group 10"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr>
                         <a:grpSpLocks/>
                       </wpg:cNvGrpSpPr>
                       <wpg:grpSpPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="661035" cy="661035"/>
                           <a:chOff x="0" y="0"/>
                           <a:chExt cx="1041" cy="1041"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wpg:grpSp>
                         <wpg:cNvPr id="12" name="Group 11"/>
                         <wpg:cNvGrpSpPr>
                           <a:grpSpLocks/>
                         </wpg:cNvGrpSpPr>
@@ -5822,209 +5820,209 @@
                     <v:path arrowok="t" o:connecttype="custom" o:connectlocs="812,228;520,228;541,229;562,231;622,247;676,274;718,305;722,307;731,307;734,306;738,302;812,228" o:connectangles="0,0,0,0,0,0,0,0,0,0,0,0"/>
                   </v:shape>
                 </v:group>
                 <w10:anchorlock/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="001D0A7C">
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="001D0A7C">
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:noProof/>
           <w:position w:val="16"/>
           <w:sz w:val="20"/>
           <w:lang w:val="de-AT" w:eastAsia="de-AT"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="24853AF9" wp14:editId="26343195">
             <wp:extent cx="1885387" cy="442912"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="3" name="image1.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="4" name="image1.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1885387" cy="442912"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F">
+    <w:p w14:paraId="7946E806" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F">
       <w:pPr>
         <w:spacing w:before="10"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="11"/>
           <w:szCs w:val="11"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F">
+    <w:p w14:paraId="304031FB" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="11"/>
           <w:szCs w:val="11"/>
         </w:rPr>
         <w:sectPr w:rsidR="009C339F">
           <w:pgSz w:w="11910" w:h="16840"/>
           <w:pgMar w:top="480" w:right="460" w:bottom="0" w:left="740" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F">
+    <w:p w14:paraId="29CA3124" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F">
+    <w:p w14:paraId="4CCC0C71" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F">
       <w:pPr>
         <w:spacing w:before="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009C339F" w:rsidRDefault="001D0A7C">
+    <w:p w14:paraId="4B062723" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="001D0A7C">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>2fach</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>senden</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-11"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>an:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C339F" w:rsidRDefault="001D0A7C">
+    <w:p w14:paraId="46184C9F" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="001D0A7C">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="204" w:line="258" w:lineRule="exact"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="231F20"/>
         </w:rPr>
         <w:t>ÖSTERREICHISCHE</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="231F20"/>
         </w:rPr>
         <w:t>GESUNDHEITSKASSE</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C339F" w:rsidRDefault="00644290">
+    <w:p w14:paraId="2D40409C" w14:textId="776B80FE" w:rsidR="009C339F" w:rsidRDefault="00644290" w:rsidP="004B4845">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="15" w:line="240" w:lineRule="exact"/>
-        <w:ind w:right="1491"/>
+        <w:ind w:right="1361"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="231F20"/>
         </w:rPr>
         <w:t>Versorgungsmanagement</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="001D0A7C">
         <w:rPr>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001D0A7C">
         <w:rPr>
           <w:color w:val="231F20"/>
         </w:rPr>
         <w:t>I</w:t>
@@ -6035,113 +6033,134 @@
           <w:color w:val="231F20"/>
           <w:w w:val="99"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="001D0A7C">
         <w:rPr>
           <w:color w:val="231F20"/>
         </w:rPr>
         <w:t>Garnisonstraße</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="001D0A7C">
         <w:rPr>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001D0A7C">
         <w:rPr>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
-        <w:t>1,</w:t>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="004B4845">
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidR="001D0A7C">
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="001D0A7C">
         <w:rPr>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="001D0A7C">
         <w:rPr>
           <w:color w:val="231F20"/>
         </w:rPr>
         <w:t>Postfach</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="001D0A7C">
         <w:rPr>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="004B4845">
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
       <w:r w:rsidR="001D0A7C">
         <w:rPr>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
-        <w:t>61</w:t>
+        <w:t>1</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C339F" w:rsidRDefault="001D0A7C">
+    <w:p w14:paraId="14FB7A24" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="001D0A7C">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:line="243" w:lineRule="exact"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>4021</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="231F20"/>
         </w:rPr>
         <w:t>Linz</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C339F" w:rsidRDefault="001D0A7C">
+    <w:p w14:paraId="0E8965E9" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="001D0A7C">
       <w:pPr>
         <w:spacing w:before="58" w:line="277" w:lineRule="auto"/>
         <w:ind w:left="393" w:right="1038"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:w w:val="95"/>
         </w:rPr>
         <w:br w:type="column"/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma"/>
           <w:b/>
           <w:color w:val="1D2256"/>
           <w:w w:val="95"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>Vertragspartnerservice</w:t>
@@ -6166,104 +6185,102 @@
           </w:rPr>
           <w:t>pro.ordinatione@oegk.at</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:color w:val="1D2256"/>
           <w:w w:val="129"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId6">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Arial"/>
             <w:color w:val="1D2256"/>
             <w:w w:val="95"/>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>www.gesundheitskasse.at</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="009C339F" w:rsidRDefault="001D0A7C">
+    <w:p w14:paraId="48176347" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="001D0A7C">
       <w:pPr>
         <w:spacing w:before="114"/>
         <w:ind w:left="393"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:color w:val="1D2256"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>Tel.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:color w:val="1D2256"/>
           <w:spacing w:val="-32"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:color w:val="1D2256"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>+43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:color w:val="1D2256"/>
           <w:spacing w:val="-14"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:color w:val="1D2256"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:color w:val="1D2256"/>
           <w:spacing w:val="-32"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:color w:val="1D2256"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:color w:val="1D2256"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
@@ -6293,211 +6310,209 @@
           <w:color w:val="1D2256"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>048</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:color w:val="1D2256"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:color w:val="1D2256"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F">
+    <w:p w14:paraId="44486725" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:sectPr w:rsidR="009C339F">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11910" w:h="16840"/>
           <w:pgMar w:top="300" w:right="460" w:bottom="0" w:left="740" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:num="2" w:space="720" w:equalWidth="0">
             <w:col w:w="5322" w:space="1892"/>
             <w:col w:w="3496"/>
           </w:cols>
         </w:sectPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F">
+    <w:p w14:paraId="28A9D3CE" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F">
+    <w:p w14:paraId="162F45C1" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F">
+    <w:p w14:paraId="2E93AE45" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F">
+    <w:p w14:paraId="72914689" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F">
+    <w:p w14:paraId="4A4BDBD2" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F">
+    <w:p w14:paraId="5B3CF06A" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F">
+    <w:p w14:paraId="4BDFE647" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F">
+    <w:p w14:paraId="67920E7A" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F">
       <w:pPr>
         <w:spacing w:before="6"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009C339F" w:rsidRDefault="00644290">
+    <w:p w14:paraId="6942529B" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="00644290">
       <w:pPr>
         <w:spacing w:before="69"/>
         <w:ind w:right="116"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="de-AT" w:eastAsia="de-AT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="1168" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="1168" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3B5EF3C7" wp14:editId="44BADA2E">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>2164715</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-431800</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3231515" cy="711200"/>
                 <wp:effectExtent l="12065" t="6985" r="13970" b="5715"/>
                 <wp:wrapNone/>
                 <wp:docPr id="10" name="Text Box 9"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3231515" cy="711200"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="9004">
                           <a:solidFill>
                             <a:srgbClr val="231F20"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="009C339F" w:rsidRDefault="001D0A7C">
+                          <w:p w14:paraId="376A167C" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="001D0A7C">
                             <w:pPr>
                               <w:spacing w:before="127" w:line="229" w:lineRule="exact"/>
                               <w:ind w:left="40"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial"/>
                                 <w:b/>
                                 <w:color w:val="231F20"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t>P</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial"/>
                                 <w:b/>
                                 <w:color w:val="231F20"/>
                                 <w:spacing w:val="-17"/>
@@ -6601,130 +6616,128 @@
                                 <w:spacing w:val="40"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t>TION</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial"/>
                                 <w:b/>
                                 <w:color w:val="231F20"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t>E</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman"/>
                                 <w:b/>
                                 <w:color w:val="231F20"/>
                                 <w:spacing w:val="-10"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="009C339F" w:rsidRDefault="001D0A7C">
+                          <w:p w14:paraId="7BED6D1B" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="001D0A7C">
                             <w:pPr>
                               <w:spacing w:line="367" w:lineRule="exact"/>
                               <w:ind w:left="79"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                               </w:rPr>
                             </w:pPr>
                             <w:proofErr w:type="spellStart"/>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial"/>
                                 <w:b/>
                                 <w:color w:val="231F20"/>
                                 <w:spacing w:val="79"/>
                                 <w:sz w:val="32"/>
                               </w:rPr>
                               <w:t>Anforderun</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial"/>
                                 <w:b/>
                                 <w:color w:val="231F20"/>
                                 <w:sz w:val="32"/>
                               </w:rPr>
                               <w:t>g</w:t>
                             </w:r>
                             <w:proofErr w:type="spellEnd"/>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman"/>
                                 <w:b/>
                                 <w:color w:val="231F20"/>
                                 <w:spacing w:val="-1"/>
                                 <w:sz w:val="32"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="009C339F" w:rsidRDefault="001D0A7C">
+                          <w:p w14:paraId="5E7FB1BF" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="001D0A7C">
                             <w:pPr>
                               <w:tabs>
                                 <w:tab w:val="left" w:pos="917"/>
                               </w:tabs>
                               <w:spacing w:before="9"/>
                               <w:ind w:left="69"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:proofErr w:type="gramStart"/>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial"/>
                                 <w:b/>
                                 <w:color w:val="231F20"/>
                                 <w:spacing w:val="66"/>
                                 <w:w w:val="95"/>
                                 <w:sz w:val="28"/>
                               </w:rPr>
                               <w:t>vo</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial"/>
                                 <w:b/>
                                 <w:color w:val="231F20"/>
                                 <w:w w:val="95"/>
                                 <w:sz w:val="28"/>
                               </w:rPr>
                               <w:t>n</w:t>
                             </w:r>
-                            <w:proofErr w:type="gramEnd"/>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman"/>
                                 <w:b/>
                                 <w:color w:val="231F20"/>
                                 <w:w w:val="95"/>
                                 <w:sz w:val="28"/>
                               </w:rPr>
                               <w:tab/>
                             </w:r>
                             <w:proofErr w:type="spellStart"/>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial"/>
                                 <w:b/>
                                 <w:color w:val="231F20"/>
                                 <w:spacing w:val="69"/>
                                 <w:sz w:val="28"/>
                               </w:rPr>
                               <w:t>Heilmittel</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial"/>
                                 <w:b/>
@@ -6742,140 +6755,142 @@
                                 <w:spacing w:val="-1"/>
                                 <w:sz w:val="28"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape id="Text Box 9" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:170.45pt;margin-top:-34pt;width:254.45pt;height:56pt;z-index:1168;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC4tnjUfwIAAAcFAAAOAAAAZHJzL2Uyb0RvYy54bWysVG1v2yAQ/j5p/wHxPbWdum1i1am6OJkm&#10;dS9Sux9ADI7RMDAgsbtq/30HxGmyfZmm+QM+m+O55+6e4/Zu6ATaM2O5kiXOLlKMmKwV5XJb4q9P&#10;68kMI+uIpEQoyUr8zCy+W7x9c9vrgk1VqwRlBgGItEWvS9w6p4sksXXLOmIvlGYSNhtlOuLg02wT&#10;akgP6J1Ipml6nfTKUG1UzayFv1XcxIuA3zSsdp+bxjKHRImBmwurCevGr8nilhRbQ3TL6wMN8g8s&#10;OsIlBD1CVcQRtDP8D6iO10ZZ1biLWnWJahpes5ADZJOlv2Xz2BLNQi5QHKuPZbL/D7b+tP9iEKfQ&#10;OyiPJB306IkNDr1TA5r78vTaFuD1qMHPDfAbXEOqVj+o+ptFUi1bIrfs3hjVt4xQoJf5k8nJ0Yhj&#10;Pcim/6gohCE7pwLQ0JjO1w6qgQAdeDwfW+Op1PDzcnqZXWVXGNWwd5Nl0PsQghTjaW2se89Uh7xR&#10;YgOtD+hk/2CdZ0OK0cUHk2rNhQjtFxL1JZ6naR7zUoJTv+ndrNlulsKgPQEBAYf1dIxrT9067kDG&#10;gnclnqX+icLy1VhJGqI4wkW0gYmQHhySA24HK8rlZZ7OV7PVLJ/k0+vVJE+ranK/XuaT63V2c1Vd&#10;Vstllf30PLO8aDmlTHqqo3Sz/O+kcRiiKLqjeM9SOst8HZ5DxU/cknMaocqQ1fgO2QUZ+M5HDbhh&#10;M0TBeTgvkY2iz6ALo+J0wm0CRqvMD4x6mMwS2+87YhhG4oMEbfkxHg0zGpvRILKGoyV2GEVz6eK4&#10;77Th2xaQo3qlugf9NTxI45XFQbUwbSGHw83gx/n0O3i93l+LXwAAAP//AwBQSwMEFAAGAAgAAAAh&#10;AJdcYQPeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMjzFPwzAQhXck/oN1SGyt3RJFaYhTAYIF&#10;JgoDoxtf46jxOYrdNu2v55joeLqn976vWk++F0ccYxdIw2KuQCA1wXbUavj+epsVIGIyZE0fCDWc&#10;McK6vr2pTGnDiT7xuEmt4BKKpdHgUhpKKWPj0Js4DwMS/3Zh9CbxObbSjubE5b6XS6Vy6U1HvODM&#10;gC8Om/3m4DUEtcvR+fPrJf3Y4rK0+Qc+v2t9fzc9PYJIOKX/MPzhMzrUzLQNB7JR9BoeMrXiqIZZ&#10;XrAUJ4psxTJbDVmmQNaVvFaofwEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC4tnjUfwIA&#10;AAcFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCXXGED&#10;3gAAAAoBAAAPAAAAAAAAAAAAAAAAANkEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;5AUAAAAA&#10;" filled="f" strokecolor="#231f20" strokeweight=".25011mm">
+              <v:shape w14:anchorId="3B5EF3C7" id="Text Box 9" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:170.45pt;margin-top:-34pt;width:254.45pt;height:56pt;z-index:1168;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCLclcNDgIAAPkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu1DAQfUfiHyy/s0m2FEq02apsWYRU&#10;LlLhAxzH2Vg4HjP2blK+vmMn2VbwhsiDNc7YZ2bOOd5cj71hJ4Veg614sco5U1ZCo+2h4j++719d&#10;ceaDsI0wYFXFH5Tn19uXLzaDK9UaOjCNQkYg1peDq3gXgiuzzMtO9cKvwClLyRawF4G2eMgaFAOh&#10;9yZb5/mbbABsHIJU3tPf2ynJtwm/bZUMX9vWq8BMxam3kFZMax3XbLsR5QGF67Sc2xD/0EUvtKWi&#10;Z6hbEQQ7ov4LqtcSwUMbVhL6DNpWS5VmoGmK/I9p7jvhVJqFyPHuTJP/f7Dyy+nefUMWxvcwkoBp&#10;CO/uQP70zMKuE/agbhBh6JRoqHARKcsG58v5aqTalz6C1MNnaEhkcQyQgMYW+8gKzckInQR4OJOu&#10;xsAk/bxYXxSXxSVnknJvi4JUTSVEudx26MNHBT2LQcWRRE3o4nTnQ+xGlMuRWMzCXhuThDWWDRV/&#10;l+evp7nA6CYm4zGPh3pnkJ0EWYN62K+Xuv75sV4HMqjRfcWv8vhNlolsfLBNqhKENlNMnRg70xMZ&#10;mbgJYz0y3czcRbZqaB6IL4TJj/R+KOgAf3M2kBcr7n8dBSrOzCdLnEfjLgEuQb0Ewkq6WvHA2RTu&#10;wmTwo0N96Ah5UtXCDenS6kTZUxdzu+SvxOT8FqKBn+/TqacXu30EAAD//wMAUEsDBBQABgAIAAAA&#10;IQCXXGED3gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI8xT8MwEIV3JP6DdUhsrd0SRWmIUwGC&#10;BSYKA6MbX+Oo8TmK3Tbtr+eY6Hi6p/e+r1pPvhdHHGMXSMNirkAgNcF21Gr4/nqbFSBiMmRNHwg1&#10;nDHCur69qUxpw4k+8bhJreASiqXR4FIaSilj49CbOA8DEv92YfQm8Tm20o7mxOW+l0ulculNR7zg&#10;zIAvDpv95uA1BLXL0fnz6yX92OKytPkHPr9rfX83PT2CSDil/zD84TM61My0DQeyUfQaHjK14qiG&#10;WV6wFCeKbMUyWw1ZpkDWlbxWqH8BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAi3JXDQ4C&#10;AAD5AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAl1xh&#10;A94AAAAKAQAADwAAAAAAAAAAAAAAAABoBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AHMFAAAAAA==&#10;" filled="f" strokecolor="#231f20" strokeweight=".25011mm">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
-                    <w:p w:rsidR="009C339F" w:rsidRDefault="001D0A7C">
+                    <w:p w14:paraId="376A167C" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="001D0A7C">
                       <w:pPr>
                         <w:spacing w:before="127" w:line="229" w:lineRule="exact"/>
                         <w:ind w:left="40"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial"/>
                           <w:b/>
                           <w:color w:val="231F20"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t>P</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial"/>
                           <w:b/>
                           <w:color w:val="231F20"/>
                           <w:spacing w:val="-17"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial"/>
                           <w:b/>
                           <w:color w:val="231F20"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t>R</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial"/>
                           <w:b/>
                           <w:color w:val="231F20"/>
                           <w:spacing w:val="-25"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
+                      <w:proofErr w:type="gramStart"/>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial"/>
                           <w:b/>
                           <w:color w:val="231F20"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve">O </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial"/>
                           <w:b/>
                           <w:color w:val="231F20"/>
                           <w:spacing w:val="14"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial"/>
                           <w:b/>
                           <w:color w:val="231F20"/>
                           <w:spacing w:val="40"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t>ORDI</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial"/>
                           <w:b/>
                           <w:color w:val="231F20"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t>N</w:t>
                       </w:r>
+                      <w:proofErr w:type="gramEnd"/>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial"/>
                           <w:b/>
                           <w:color w:val="231F20"/>
                           <w:spacing w:val="-17"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial"/>
                           <w:b/>
                           <w:color w:val="231F20"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t>A</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial"/>
                           <w:b/>
                           <w:color w:val="231F20"/>
                           <w:spacing w:val="-24"/>
@@ -6891,312 +6906,302 @@
                           <w:spacing w:val="40"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t>TION</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial"/>
                           <w:b/>
                           <w:color w:val="231F20"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t>E</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman"/>
                           <w:b/>
                           <w:color w:val="231F20"/>
                           <w:spacing w:val="-10"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="009C339F" w:rsidRDefault="001D0A7C">
+                    <w:p w14:paraId="7BED6D1B" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="001D0A7C">
                       <w:pPr>
                         <w:spacing w:line="367" w:lineRule="exact"/>
                         <w:ind w:left="79"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                       </w:pPr>
+                      <w:proofErr w:type="spellStart"/>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial"/>
                           <w:b/>
                           <w:color w:val="231F20"/>
                           <w:spacing w:val="79"/>
                           <w:sz w:val="32"/>
                         </w:rPr>
                         <w:t>Anforderun</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial"/>
                           <w:b/>
                           <w:color w:val="231F20"/>
                           <w:sz w:val="32"/>
                         </w:rPr>
                         <w:t>g</w:t>
                       </w:r>
+                      <w:proofErr w:type="spellEnd"/>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman"/>
                           <w:b/>
                           <w:color w:val="231F20"/>
                           <w:spacing w:val="-1"/>
                           <w:sz w:val="32"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="009C339F" w:rsidRDefault="001D0A7C">
+                    <w:p w14:paraId="5E7FB1BF" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="001D0A7C">
                       <w:pPr>
                         <w:tabs>
                           <w:tab w:val="left" w:pos="917"/>
                         </w:tabs>
                         <w:spacing w:before="9"/>
                         <w:ind w:left="69"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial"/>
                           <w:b/>
                           <w:color w:val="231F20"/>
                           <w:spacing w:val="66"/>
                           <w:w w:val="95"/>
                           <w:sz w:val="28"/>
                         </w:rPr>
                         <w:t>vo</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial"/>
                           <w:b/>
                           <w:color w:val="231F20"/>
                           <w:w w:val="95"/>
                           <w:sz w:val="28"/>
                         </w:rPr>
                         <w:t>n</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman"/>
                           <w:b/>
                           <w:color w:val="231F20"/>
                           <w:w w:val="95"/>
                           <w:sz w:val="28"/>
                         </w:rPr>
                         <w:tab/>
                       </w:r>
+                      <w:proofErr w:type="spellStart"/>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial"/>
                           <w:b/>
                           <w:color w:val="231F20"/>
                           <w:spacing w:val="69"/>
                           <w:sz w:val="28"/>
                         </w:rPr>
                         <w:t>Heilmittel</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial"/>
                           <w:b/>
                           <w:color w:val="231F20"/>
                           <w:sz w:val="28"/>
                         </w:rPr>
                         <w:t>n</w:t>
                       </w:r>
+                      <w:proofErr w:type="spellEnd"/>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman"/>
                           <w:b/>
                           <w:color w:val="231F20"/>
                           <w:spacing w:val="-1"/>
                           <w:sz w:val="28"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="001D0A7C">
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:b/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Best.</w:t>
       </w:r>
       <w:r w:rsidR="001D0A7C">
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:b/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-14"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="001D0A7C">
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:b/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Nr</w:t>
-[...10 lines deleted...]
-        <w:t>.:</w:t>
+        <w:t>Nr.:</w:t>
       </w:r>
       <w:r w:rsidR="001D0A7C">
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:b/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-14"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001D0A7C">
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:i/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t>.....................................</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F">
+    <w:p w14:paraId="306800EA" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F">
+    <w:p w14:paraId="20F7ED79" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F">
+    <w:p w14:paraId="625DF3FA" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F">
+    <w:p w14:paraId="4965A06D" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F">
+    <w:p w14:paraId="5AC850EF" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F">
       <w:pPr>
         <w:spacing w:before="4"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009C339F" w:rsidRDefault="00644290">
+    <w:p w14:paraId="51D5CAC6" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="00644290">
       <w:pPr>
         <w:spacing w:line="200" w:lineRule="atLeast"/>
         <w:ind w:left="2957"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="de-AT" w:eastAsia="de-AT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0">
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4F50FC17" wp14:editId="70E3CEFA">
                 <wp:extent cx="2880360" cy="918210"/>
                 <wp:effectExtent l="4445" t="6985" r="1270" b="8255"/>
                 <wp:docPr id="2" name="Group 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr>
                         <a:grpSpLocks/>
                       </wpg:cNvGrpSpPr>
                       <wpg:grpSpPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2880360" cy="918210"/>
                           <a:chOff x="0" y="0"/>
                           <a:chExt cx="4536" cy="1446"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wpg:grpSp>
                         <wpg:cNvPr id="4" name="Group 7"/>
                         <wpg:cNvGrpSpPr>
                           <a:grpSpLocks/>
                         </wpg:cNvGrpSpPr>
@@ -7398,51 +7403,51 @@
                             <a:ln>
                               <a:noFill/>
                             </a:ln>
                             <a:extLst>
                               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                                 <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                                   <a:solidFill>
                                     <a:srgbClr val="FFFFFF"/>
                                   </a:solidFill>
                                 </a14:hiddenFill>
                               </a:ext>
                               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                                 <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                                   <a:solidFill>
                                     <a:srgbClr val="000000"/>
                                   </a:solidFill>
                                   <a:miter lim="800000"/>
                                   <a:headEnd/>
                                   <a:tailEnd/>
                                 </a14:hiddenLine>
                               </a:ext>
                             </a:extLst>
                           </wps:spPr>
                           <wps:txbx>
                             <w:txbxContent>
-                              <w:p w:rsidR="009C339F" w:rsidRDefault="001D0A7C">
+                              <w:p w14:paraId="2BE28484" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="001D0A7C">
                                 <w:pPr>
                                   <w:spacing w:before="26"/>
                                   <w:ind w:left="167"/>
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                     <w:sz w:val="20"/>
                                     <w:szCs w:val="20"/>
                                   </w:rPr>
                                 </w:pPr>
                                 <w:proofErr w:type="spellStart"/>
                                 <w:r>
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial"/>
                                     <w:color w:val="231F20"/>
                                     <w:sz w:val="20"/>
                                   </w:rPr>
                                   <w:t>Ordinationsfreier</w:t>
                                 </w:r>
                                 <w:proofErr w:type="spellEnd"/>
                                 <w:r>
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial"/>
                                     <w:color w:val="231F20"/>
                                     <w:spacing w:val="-12"/>
                                     <w:sz w:val="20"/>
@@ -7481,225 +7486,214 @@
                             <a:ln>
                               <a:noFill/>
                             </a:ln>
                             <a:extLst>
                               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                                 <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                                   <a:solidFill>
                                     <a:srgbClr val="FFFFFF"/>
                                   </a:solidFill>
                                 </a14:hiddenFill>
                               </a:ext>
                               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                                 <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                                   <a:solidFill>
                                     <a:srgbClr val="000000"/>
                                   </a:solidFill>
                                   <a:miter lim="800000"/>
                                   <a:headEnd/>
                                   <a:tailEnd/>
                                 </a14:hiddenLine>
                               </a:ext>
                             </a:extLst>
                           </wps:spPr>
                           <wps:txbx>
                             <w:txbxContent>
-                              <w:p w:rsidR="009C339F" w:rsidRDefault="001D0A7C">
+                              <w:p w14:paraId="75E99013" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="001D0A7C">
                                 <w:pPr>
                                   <w:spacing w:before="26"/>
                                   <w:ind w:right="34"/>
                                   <w:jc w:val="center"/>
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                     <w:sz w:val="20"/>
                                     <w:szCs w:val="20"/>
                                   </w:rPr>
                                 </w:pPr>
-                                <w:proofErr w:type="spellStart"/>
                                 <w:r>
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial"/>
                                     <w:color w:val="231F20"/>
                                     <w:spacing w:val="-1"/>
                                     <w:sz w:val="20"/>
                                   </w:rPr>
-                                  <w:t>Urlaub</w:t>
-[...9 lines deleted...]
-                                  <w:t>:</w:t>
+                                  <w:t>Urlaub:</w:t>
                                 </w:r>
                               </w:p>
                             </w:txbxContent>
                           </wps:txbx>
                           <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                             <a:noAutofit/>
                           </wps:bodyPr>
                         </wps:wsp>
                       </wpg:grpSp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group id="Group 2" o:spid="_x0000_s1028" style="width:226.8pt;height:72.3pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="4536,1446" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDSYBmf/gUAAJQaAAAOAAAAZHJzL2Uyb0RvYy54bWzsWW2Pm0YQ/l6p/2HFx1aOWYxtsOKLkvM5&#10;qpS2keL+gDVgg4pZunBnX6r+987sCywYJ5fLJaqqO53Mwg7DzLPz8iy8fHU65OQuEVXGi6VDX7gO&#10;SYqIx1mxXzp/bNajwCFVzYqY5bxIls59Ujmvrn784eWxXCQeT3keJ4KAkqJaHMulk9Z1uRiPqyhN&#10;Dqx6wcukgMkdFwdWw6nYj2PBjqD9kI89152Nj1zEpeBRUlVwdaUmnSupf7dLovr33a5KapIvHbCt&#10;lr9C/m7xd3z1ki32gpVpFmkz2COsOLCsgIc2qlasZuRWZGeqDlkkeMV39YuIH8Z8t8uiRPoA3lC3&#10;581bwW9L6ct+cdyXDUwAbQ+nR6uNfrt7L0gWLx3PIQU7wBLJpxIPoTmW+wVIvBXlh/K9UP7B8B2P&#10;/qxgetyfx/O9Eibb4688BnXstuYSmtNOHFAFOE1OcgXumxVITjWJ4KIXBO5kBgsVwVxIA4/qJYpS&#10;WMez26L0Rt/oTyczdRf1/RnaPmYL9URppbZKuSRPGu+0/37X//m39p/CA8FJL1AxaBDwpy6kDLpP&#10;J0Go5hrne/fY7vfvuug+5FnVhlL1daH0IWVlIiO0wkDRUE4NlGuRJJi7RDp5LKWQCaXKjiNrBsUq&#10;CLfPRlAPjcsINliwRXRb1W8TLgOR3b2ralUAYhjJ8I51EmwgBneHHGrBzyPiEurDv1qMfSNCjchP&#10;Y7JxyZHItdMKjR5Iq44eOidmyVtNEyMEmqgPIilpV78Vg4ixdPlTjw5YBeArIbTKv2AV5IqlST7y&#10;3Kq5Efq0VRCulq4LVoVGCK0KLlgFyW6r8oIBqKiNOkgMI0X7sA8ARW3UN9S7ZFQX9WGjbNAvG9VH&#10;fcgoG/QNnV0yqgv6hQWkNuq9uIKc2JuoZ6lJhOhU6EyAEWHYxF1ZvEteYfXdAPpQmjYTzAVQAVKY&#10;NheEARUUlqX0s8JgKwrD+j5ENS6eFJ8+TBxgleKyohpb1FE7LIAr9FmCcAiwhK1K/JLViBP6i0Ny&#10;XDqqWKe6VuPMgd8lGy5l6rZdmWSGB7YCeWELgiployVrJMyxlCobSdkaQaWZNkclBrkEHj9EZuCJ&#10;Uc6rRK0D+irXuvEfYbPKaMHXWZ6DMFqCqNB5GM5k1FQ8z2KcxclK7LfXuSB3DLiYN6FrzxjXEQPO&#10;U8RSW5qw+EaPa5blaiwdRn1Q7/VyYOWXZOvv0A1vgpvAH/ne7Gbku6vV6PX62h/N1nQ+XU1W19cr&#10;+g+aRv1FmsVxUqB1hvhR/2HdUFNQRdka6tfxouPsWv7pQLXExl0zJMrgizlK74C9qHaIfKVabHl8&#10;D61RcMVkgXnDIOXio0OOwGKXTvXXLROJQ/JfCujtIbAhCIRanvjTOUBOhD2ztWdYEYGqpVM7kPo4&#10;vK4VVb4tRbZP4UlULmvBXwOp22XYPKV9yip9AvRCjjQV/ATlgnpoU05ZVPqUEin1U1FOz5tB3YSs&#10;ML3cUAboFpJx+VSzsYZxnd3Scq7eTRCXw3zzOxAuqBwKyIZwSQr81ITrDIwL+DVQdAvFU/ItIGTQ&#10;+Zv1ajlSv/FPvIEua3d+6oNIqwtsf0RfVMUWuqOqmZ9si1q200LhqXDPYzsRNiCEAqti21+G2kA7&#10;O9QsDJ5gjZqGwXP5P9uuP5f/z5Z/rDzffJsJtVxVvQ3WoTf8RCQZtKoeqU9w2bQtveEkBb9Ogdom&#10;r4XgRyQZ0ChV5lq3qnb7NftQz5vC1sHeyUM6mZcgpVD7UIKDpYPkU6avqZGYeVoEs7rDsToXZK7i&#10;FcDg/0qHpHOG4VHPd9944Wg9C+Yjf+1PR+HcDUYuDd+EM9cP/dW6y/DeZUXy9QwPiW049aZylSwO&#10;1+O1rvw7p3pQmLMa3nTm2WHpBI0QW1wiuQ1BRfMNIzTHIWZYn7Yn/SIPmhBG8hdyxYYnNhwRBoof&#10;wuAJueF3KQ6wnewVB/n+xsrw71McGs5k3q80nOm5PAxvDb94t/RcHvBVDMTVg8qD3mX9d8tD+75e&#10;byPh04f0TH+mwW8r9rmUaj8mXf0LAAD//wMAUEsDBBQABgAIAAAAIQC3CzO13QAAAAUBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXvgv9hGcGb3cSmQdJsSinqqQi2gvQ2zU6T0OxsyG6T9N+7&#10;eqmXB8N7vPdNvppMKwbqXWNZQTyLQBCXVjdcKfjavz29gHAeWWNrmRRcycGquL/LMdN25E8adr4S&#10;oYRdhgpq77tMSlfWZNDNbEccvJPtDfpw9pXUPY6h3LTyOYpSabDhsFBjR5uayvPuYhS8jziu5/Hr&#10;sD2fNtfDfvHxvY1JqceHab0E4WnytzD84gd0KALT0V5YO9EqCI/4Pw1espinII4hlCQpyCKX/+mL&#10;HwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDSYBmf/gUAAJQaAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQC3CzO13QAAAAUBAAAPAAAAAAAAAAAA&#10;AAAAAFgIAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAYgkAAAAA&#10;">
+              <v:group w14:anchorId="4F50FC17" id="Group 2" o:spid="_x0000_s1028" style="width:226.8pt;height:72.3pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="4536,1446" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDOtvNLKwUAALwUAAAOAAAAZHJzL2Uyb0RvYy54bWzsWF1v2zYUfR+w/0DocUNjU5Yd24hTdGkT&#10;DOi2AnV/AC3JkjBJ1Eg5cvbrd0iKMi1bbZqmQR8GBA5lXl7de+7Xoa9e74uc3MdCZrxcefRi7JG4&#10;DHmUlcnK+7S+fTX3iKxZGbGcl/HKe4il9/r655+ummoZ+zzleRQLAiWlXDbVykvrulqORjJM44LJ&#10;C17FJTa3XBSsxqNIRpFgDbQX+cgfj2ejhouoEjyMpcS3b82md631b7dxWP+13cq4JvnKg221/hT6&#10;c6M+R9dXbJkIVqVZ2JrBnmBFwbISL+1UvWU1IzuRnagqslBwybf1RciLEd9uszDWPsAbOu55cyf4&#10;rtK+JMsmqTqYAG0PpyerDf+8vxPVx+qDMNZj+Z6Hf0vgMmqqZOnuq+fECJNN8wePEE+2q7l2fL8V&#10;hVIBl8he4/vQ4RvvaxLiS38+H09mCEOIvQWd+7QNQJgiSifHwvRdezCYTmbmFA2CmQraiC3NG7WV&#10;rVUq6q2JZgnrPwiSRSsv8EjJChisMSWXSkffPxW95/Kf4oVw0p+bDLMIBNMxCkK5TyfzhdnrnO+d&#10;cd3vnxp0H1UkD4kivy1RPqasinX+SZUILZRTC+WtiGNVmUQ72VRayKaSdPPI2VFiEun2xQzqoTGM&#10;YIcFW4Y7Wd/FXCciu38va1PeEVY6vaM2CdbIwW2Ro9J/fUXGhAb4M8FIOhFqRX4ZkfWYNETHrlVo&#10;9fhWqNVDL4kN+UHTxApBEw0gkpJD9A9iyBjHpmDq0zNWAXwjpKwKBqxCrTia9CtPrbq0Qp+3Cunq&#10;6BqwamGFlFXzAatQ7K4qf34GKuqiDonzSNE+7GeAoi7qa+oPGXWM+nmjXNCHjeqjfs4oF/Q1nQ0Z&#10;dQz6QACpi3ovr1ATic16ltpCCPdlWwlYEaZG9Fg374pL1X3XQB+taT1RtQAVkFJlMyAMVJSwbqVf&#10;FIatShjxfYxqFTwtPn2cOGDV4rqjWlvM/9ZhASbQ5wDCI+AAG1P4FasVTspftSQNZoZu1mnbq9VO&#10;we/jNdcy9WFc2WLGCw8CeekKQpWx0ZG1EvZ/pVV2kno0QqXdtv+NGGoJHj9G5swbw5zL2MRB+apj&#10;3fmvYHPaaMlvszyHsLJEoUIvF4uZzhrJ8yxSu2pTimRzkwtyz8C0/Am99a1xR2JgNGWktaUxi961&#10;65pluVlrhzX3MGNCTWm53PDoASNDcMPfwDexSLn41yMNuNvKk//smIg9kv9eYuYtwBIAUK0fgukl&#10;TCHC3dm4O6wMoWrl1R5KQi1vakMQd5XIkhRvotrdkr8B2dlmaqiAdVir2geMXb064h+aT3REo52f&#10;6BMuFdHF9j2piO/P0E+QLXbG2VGKLqqZSEBbltIxkZMjBy7SO4R4nedhL0BEUFEGyI6IaGr43ETk&#10;BIwB/DoojgvoOXkIiAomYhevA3foD8SJf2b6uBORBhA56ILtT5gXpglhaphe8tlx0coejRa8FWee&#10;2qFVY1ZQDDdm24GGurKxyeIJa0yPxeL/ttj2wmdpi6oiv/u1BD3OdIO1qs/f+J5o8uB0A1Lv8bVt&#10;5+0FhZT8JgUVit8IwRs1lDBATEY7R80Y+pZ7i+9PQTXdmx/SzF6aK2HuLUQtVp4iKzqtbe9QGdmK&#10;qGw/mslHX+gcPhmf9X6z17dgX1WqcusrByoKxQxTLMwgxcIMUSyecYC+SKaAi/YyRV/+nHC/TKZ0&#10;g8VezrrB8iPkSstLftxcOfzy0xIv/ESG1dFvcO6zljr86Hj9HwAAAP//AwBQSwMEFAAGAAgAAAAh&#10;ALcLM7XdAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwZvdxKZB0mxKKeqp&#10;CLaC9DbNTpPQ7GzIbpP037t6qZcHw3u8902+mkwrBupdY1lBPItAEJdWN1wp+Nq/Pb2AcB5ZY2uZ&#10;FFzJwaq4v8sx03bkTxp2vhKhhF2GCmrvu0xKV9Zk0M1sRxy8k+0N+nD2ldQ9jqHctPI5ilJpsOGw&#10;UGNHm5rK8+5iFLyPOK7n8euwPZ8218N+8fG9jUmpx4dpvQThafK3MPziB3QoAtPRXlg70SoIj/g/&#10;DV6ymKcgjiGUJCnIIpf/6YsfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAM6280srBQAA&#10;vBQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhALcLM7Xd&#10;AAAABQEAAA8AAAAAAAAAAAAAAAAAhQcAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACP&#10;CAAAAAA=&#10;">
                 <v:group id="Group 7" o:spid="_x0000_s1029" style="position:absolute;left:14;top:28;width:4508;height:1389" coordorigin="14,28" coordsize="4508,1389" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBSlSazxQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvBb/D8oTe6ibaFomuEkItPYRCVRBvj+wzCWbfhuw2f759t1DocZiZ3zDb/Wga0VPnassK4kUE&#10;griwuuZSwfl0eFqDcB5ZY2OZFEzkYL+bPWwx0XbgL+qPvhQBwi5BBZX3bSKlKyoy6Ba2JQ7ezXYG&#10;fZBdKXWHQ4CbRi6j6FUarDksVNhSVlFxP34bBe8DDukqfuvz+y2brqeXz0sek1KP8zHdgPA0+v/w&#10;X/tDK3iG3yvhBsjdDwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBSlSazxQAAANoAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;">
                   <v:shape id="Freeform 8" o:spid="_x0000_s1030" style="position:absolute;left:14;top:28;width:4508;height:1389;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="4508,1389" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC0Sjq8wgAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BasMw&#10;EETvhfyD2EJujdyQluJECcG4pD06SSHHxdpYItbKWKrt/H1VKPQ4zMwbZrObXCsG6oP1rOB5kYEg&#10;rr223Cg4n96f3kCEiKyx9UwK7hRgt509bDDXfuSKhmNsRIJwyFGBibHLpQy1IYdh4Tvi5F197zAm&#10;2TdS9zgmuGvlMstepUPLacFgR4Wh+nb8dgrsVzGtqu5UmqaMn/5iy4PLbkrNH6f9GkSkKf6H/9of&#10;WsEL/F5JN0BufwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC0Sjq8wgAAANoAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m,1389r4507,l4507,,,,,1389xe" filled="f" strokecolor="#231f20" strokeweight=".49989mm">
                     <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,1417;4507,1417;4507,28;0,28;0,1417" o:connectangles="0,0,0,0,0"/>
                   </v:shape>
                 </v:group>
                 <v:group id="Group 3" o:spid="_x0000_s1031" style="position:absolute;left:2268;top:14;width:2;height:1418" coordorigin="2268,14" coordsize="2,1418" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDNCx1fwgAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvC/6H8ARva1plRapRRFQ8iLAqiLdH82yLzUtpYlv/vVkQ9jjMzDfMfNmZUjRUu8KygngYgSBO&#10;rS44U3A5b7+nIJxH1lhaJgUvcrBc9L7mmGjb8i81J5+JAGGXoILc+yqR0qU5GXRDWxEH725rgz7I&#10;OpO6xjbATSlHUTSRBgsOCzlWtM4pfZyeRsGuxXY1jjfN4XFfv27nn+P1EJNSg363moHw1Pn/8Ke9&#10;1wom8Hcl3AC5eAMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDNCx1fwgAAANoAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;">
                   <v:shape id="Freeform 6" o:spid="_x0000_s1032" style="position:absolute;left:2268;top:14;width:2;height:1418;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2,1418" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD+f9lEwgAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvC/6H8Ba8rcl6UKnGIguCehHrwnp82zzb0ualNFHrvzeC4HGYmW+YRdrbRlyp85VjDd8jBYI4&#10;d6biQsPvcf01A+EDssHGMWm4k4d0OfhYYGLcjQ90zUIhIoR9ghrKENpESp+XZNGPXEscvbPrLIYo&#10;u0KaDm8Rbhs5VmoiLVYcF0ps6aekvM4uVsNqstueZ5kbF3/qfgrVfv+vaqn18LNfzUEE6sM7/Gpv&#10;jIYpPK/EGyCXDwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD+f9lEwgAAANoAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m,l,1418e" filled="f" strokecolor="#231f20" strokeweight=".49989mm">
                     <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,14;0,1432" o:connectangles="0,0"/>
                   </v:shape>
                   <v:shape id="Text Box 5" o:spid="_x0000_s1033" type="#_x0000_t202" style="position:absolute;left:14;top:28;width:2254;height:1389;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC5ZqCxvwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0L/ocwgjeb7h5Eu0aRxQVBWKz14HG2GdtgM6lN1O6/NwfB4+N9L1a9bcSdOm8cK/hIUhDEpdOG&#10;KwXH4mcyA+EDssbGMSn4Jw+r5XCwwEy7B+d0P4RKxBD2GSqoQ2gzKX1Zk0WfuJY4cmfXWQwRdpXU&#10;HT5iuG3kZ5pOpUXDsaHGlr5rKi+Hm1WwPnG+Mdffv31+zk1RzFPeTS9KjUf9+gtEoD68xS/3ViuI&#10;W+OVeAPk8gkAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAA&#10;AAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC5ZqCxvwAAANoAAAAPAAAAAAAA&#10;AAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA8wIAAAAA&#10;" filled="f" stroked="f">
                     <v:textbox inset="0,0,0,0">
                       <w:txbxContent>
-                        <w:p w:rsidR="009C339F" w:rsidRDefault="001D0A7C">
+                        <w:p w14:paraId="2BE28484" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="001D0A7C">
                           <w:pPr>
                             <w:spacing w:before="26"/>
                             <w:ind w:left="167"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                           </w:pPr>
+                          <w:proofErr w:type="spellStart"/>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial"/>
                               <w:color w:val="231F20"/>
                               <w:sz w:val="20"/>
                             </w:rPr>
                             <w:t>Ordinationsfreier</w:t>
                           </w:r>
+                          <w:proofErr w:type="spellEnd"/>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial"/>
                               <w:color w:val="231F20"/>
                               <w:spacing w:val="-12"/>
                               <w:sz w:val="20"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial"/>
                               <w:color w:val="231F20"/>
                               <w:sz w:val="20"/>
                             </w:rPr>
                             <w:t>Tag:</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </v:textbox>
                   </v:shape>
                   <v:shape id="Text Box 4" o:spid="_x0000_s1034" type="#_x0000_t202" style="position:absolute;left:2268;top:28;width:2254;height:1389;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDWKgUqwgAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvwv6H8Ba8aaoH0a5RRFYQBLHWg8e3zbMNNi/dJmr990ZY2OMwM98w82Vna3Gn1hvHCkbDBARx&#10;4bThUsEp3wymIHxA1lg7JgVP8rBcfPTmmGr34Izux1CKCGGfooIqhCaV0hcVWfRD1xBH7+JaiyHK&#10;tpS6xUeE21qOk2QiLRqOCxU2tK6ouB5vVsHqzNm3+d3/HLJLZvJ8lvBuclWq/9mtvkAE6sJ/+K+9&#10;1Qpm8L4Sb4BcvAAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDWKgUqwgAAANoAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" filled="f" stroked="f">
                     <v:textbox inset="0,0,0,0">
                       <w:txbxContent>
-                        <w:p w:rsidR="009C339F" w:rsidRDefault="001D0A7C">
+                        <w:p w14:paraId="75E99013" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="001D0A7C">
                           <w:pPr>
                             <w:spacing w:before="26"/>
                             <w:ind w:right="34"/>
                             <w:jc w:val="center"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial"/>
                               <w:color w:val="231F20"/>
                               <w:spacing w:val="-1"/>
                               <w:sz w:val="20"/>
                             </w:rPr>
                             <w:t>Urlaub:</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </v:textbox>
                   </v:shape>
                 </v:group>
                 <w10:anchorlock/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F">
+    <w:p w14:paraId="11D0E1A1" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F">
+    <w:p w14:paraId="156C8CD9" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F">
       <w:pPr>
         <w:spacing w:before="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009C339F" w:rsidRDefault="001D0A7C">
+    <w:p w14:paraId="00640C85" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="001D0A7C">
       <w:pPr>
         <w:spacing w:line="258" w:lineRule="auto"/>
         <w:ind w:left="110" w:right="1470"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Zur</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-11"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>vertragsärztlichen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="24"/>
@@ -7843,172 +7837,172 @@
           <w:color w:val="231F20"/>
           <w:spacing w:val="32"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Angehöriger</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F">
+    <w:p w14:paraId="1940F9D3" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F">
+    <w:p w14:paraId="6CBCCD45" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F">
+    <w:p w14:paraId="221BD26D" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F">
+    <w:p w14:paraId="20645D1E" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F">
+    <w:p w14:paraId="4555003F" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F">
+    <w:p w14:paraId="68F73B23" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F">
+    <w:p w14:paraId="6FA4AE24" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F">
+    <w:p w14:paraId="1BB981A8" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F">
+    <w:p w14:paraId="36AFD722" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F">
+    <w:p w14:paraId="12DD09AC" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F">
+    <w:p w14:paraId="44C8C88D" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F">
       <w:pPr>
         <w:spacing w:before="6"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009C339F" w:rsidRDefault="001D0A7C">
+    <w:p w14:paraId="65C2A47C" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="001D0A7C">
       <w:pPr>
         <w:spacing w:before="82" w:line="152" w:lineRule="exact"/>
         <w:ind w:left="5675"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:i/>
           <w:color w:val="231F20"/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t>......................................................................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C339F" w:rsidRDefault="001D0A7C">
+    <w:p w14:paraId="772D0C06" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="001D0A7C">
       <w:pPr>
         <w:spacing w:line="198" w:lineRule="exact"/>
         <w:ind w:right="1594"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>Datum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="18"/>
@@ -8023,124 +8017,124 @@
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>und</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>Unterschrift</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F">
+    <w:p w14:paraId="1633405D" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F">
+    <w:p w14:paraId="4738DEC4" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F">
+    <w:p w14:paraId="6BC6DAC5" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F">
+    <w:p w14:paraId="46C3A20A" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F">
+    <w:p w14:paraId="5A2C37D1" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F">
       <w:pPr>
         <w:spacing w:before="11"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="110" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3387"/>
         <w:gridCol w:w="3402"/>
         <w:gridCol w:w="3387"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009C339F">
+      <w:tr w:rsidR="009C339F" w14:paraId="07BD183A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="2239"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="11" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="11" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="11" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="11" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="001D0A7C">
+          <w:p w14:paraId="6D663320" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="001D0A7C">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="51"/>
               <w:ind w:left="85"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Genehmigung</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-8"/>
@@ -8164,280 +8158,278 @@
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>ÖGK:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="11" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="11" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="11" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="11" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="001D0A7C">
+          <w:p w14:paraId="04C4498A" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="001D0A7C">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="51"/>
               <w:ind w:left="99"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Liefernde</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Apotheke</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F">
+          <w:p w14:paraId="7945F0CC" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F">
+          <w:p w14:paraId="0B33AEC2" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F">
+          <w:p w14:paraId="58C40AA3" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F">
+          <w:p w14:paraId="73D8F7F6" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F">
+          <w:p w14:paraId="65AD9605" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F">
+          <w:p w14:paraId="4F612F2F" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F">
+          <w:p w14:paraId="5E5BF118" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F">
+          <w:p w14:paraId="083D0974" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F">
+          <w:p w14:paraId="28A0518D" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="7"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="001D0A7C">
+          <w:p w14:paraId="296560B8" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="001D0A7C">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="99"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Datum,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Stempel</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>und</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Unterschrift</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="11" w:space="0" w:color="231F20"/>
               <w:left w:val="single" w:sz="11" w:space="0" w:color="231F20"/>
               <w:bottom w:val="single" w:sz="11" w:space="0" w:color="231F20"/>
               <w:right w:val="single" w:sz="11" w:space="0" w:color="231F20"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="001D0A7C">
+          <w:p w14:paraId="313C4C29" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="001D0A7C">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="51"/>
               <w:ind w:left="99"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Warenübernahmebestätigung</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="231F20"/>
@@ -8453,222 +8445,220 @@
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>des</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-7"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Arztes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F">
+          <w:p w14:paraId="71428826" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F">
+          <w:p w14:paraId="206E100B" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F">
+          <w:p w14:paraId="396A41C0" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F">
+          <w:p w14:paraId="3C692EBA" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F">
+          <w:p w14:paraId="2A327674" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F">
+          <w:p w14:paraId="6CF714A8" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F">
+          <w:p w14:paraId="5DE06D09" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F">
+          <w:p w14:paraId="05C3E3CA" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="009C339F">
+          <w:p w14:paraId="470676FA" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="009C339F">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="7"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009C339F" w:rsidRDefault="001D0A7C">
+          <w:p w14:paraId="5E0F304E" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="001D0A7C">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="99"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Datum,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Stempel</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>und</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Unterschrift</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009C339F" w:rsidRDefault="001D0A7C">
+    <w:p w14:paraId="7C570E28" w14:textId="77777777" w:rsidR="009C339F" w:rsidRDefault="001D0A7C">
       <w:pPr>
         <w:spacing w:before="116"/>
         <w:ind w:right="388"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="12"/>
         </w:rPr>
         <w:t>14-ÖGK-VP-I</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-7"/>
           <w:sz w:val="12"/>
@@ -8708,160 +8698,166 @@
           <w:spacing w:val="-7"/>
           <w:sz w:val="12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="12"/>
         </w:rPr>
         <w:t>30.09.2019</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="009C339F">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11910" w:h="16840"/>
       <w:pgMar w:top="300" w:right="460" w:bottom="0" w:left="740" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009C339F"/>
     <w:rsid w:val="001D0A7C"/>
     <w:rsid w:val="0029174E"/>
+    <w:rsid w:val="004B4845"/>
+    <w:rsid w:val="00566215"/>
     <w:rsid w:val="00642724"/>
     <w:rsid w:val="00644290"/>
     <w:rsid w:val="009C339F"/>
+    <w:rsid w:val="00BF2DDF"/>
+    <w:rsid w:val="00CD5BD3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-AT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="319DC3C2"/>
   <w15:docId w15:val="{97AA236F-0407-45C6-8272-E59378957F34}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -9189,50 +9185,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
     <w:name w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Absatz-Standardschriftart">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
@@ -9297,51 +9298,51 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="001D0A7C"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SprechblasentextZchn">
     <w:name w:val="Sprechblasentext Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Sprechblasentext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001D0A7C"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gesundheitskasse.at/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pro.ordinatione@oegk.at" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -9592,75 +9593,75 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>157</Words>
-  <Characters>993</Characters>
+  <Words>73</Words>
+  <Characters>1076</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>8</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1148</CharactersWithSpaces>
+  <CharactersWithSpaces>1147</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Online2PDF.com</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2022-09-29T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="LastSaved">
     <vt:filetime>2022-09-29T00:00:00Z</vt:filetime>
   </property>
 </Properties>